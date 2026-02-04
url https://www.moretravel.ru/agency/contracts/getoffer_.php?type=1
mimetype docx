--- v0 (2025-10-28)
+++ v1 (2026-02-04)
@@ -98,247 +98,394 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00DB7612" w:rsidRPr="00C863CA" w:rsidRDefault="00DB7612" w:rsidP="001F5D79">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Принципал</w:t>
       </w:r>
       <w:r w:rsidRPr="00C863CA">
         <w:t xml:space="preserve"> – Общество с ограниченной ответственностью «Море Трэвел</w:t>
       </w:r>
       <w:r w:rsidR="00820D57" w:rsidRPr="00C863CA">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00041CAD" w:rsidRPr="00C863CA">
         <w:t>Русский клуб</w:t>
       </w:r>
       <w:r w:rsidRPr="00C863CA">
         <w:t xml:space="preserve">», </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00960669" w:rsidRPr="00C863CA">
-        <w:t>осуществляющее:</w:t>
+        <w:t>осуществляющее</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00960669" w:rsidRPr="00C863CA">
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00960669" w:rsidRPr="00C863CA" w:rsidRDefault="00960669" w:rsidP="003700A3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>туроператорскую деятельность в сфере</w:t>
+        <w:t>туроператорскую</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> деятельность в сфере</w:t>
       </w:r>
       <w:r w:rsidR="007124F7" w:rsidRPr="00C863CA">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> внутреннего </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007124F7" w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>внутреннего</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007124F7" w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>туризма – при реализации туристских продуктов, сформированных непосредственно Принципалом;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003700A3" w:rsidRPr="00C863CA" w:rsidRDefault="00960669" w:rsidP="001C4872">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>турагентскую деятельность в сфере выездного международного</w:t>
+        <w:t>турагентскую</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> деятельность в сфере выездного международного</w:t>
       </w:r>
       <w:r w:rsidR="007124F7" w:rsidRPr="00C863CA">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> и внутреннего</w:t>
       </w:r>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> туризма – при реализации туристских продуктов, сформированных иными туроператорами.</w:t>
       </w:r>
       <w:r w:rsidR="003700A3" w:rsidRPr="00C863CA">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00960669" w:rsidRPr="00C863CA" w:rsidRDefault="00960669" w:rsidP="003700A3">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Агент</w:t>
       </w:r>
       <w:r w:rsidRPr="00C863CA">
-        <w:t xml:space="preserve"> – лицо, осуществляющее турагентскую деятельность в соответствии с требованиями, </w:t>
+        <w:t xml:space="preserve"> – лицо, осуществляющее </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>турагентскую</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> деятельность в соответствии с требованиями, </w:t>
       </w:r>
       <w:r w:rsidR="00164C21" w:rsidRPr="00C863CA">
         <w:t>предъявляемыми действующим законодательством</w:t>
       </w:r>
       <w:r w:rsidR="00DC59B5" w:rsidRPr="00C863CA">
         <w:t>, и направившее в</w:t>
       </w:r>
       <w:r w:rsidR="008A3A6D" w:rsidRPr="00C863CA">
         <w:t xml:space="preserve"> адрес Принципала уведомление о</w:t>
       </w:r>
       <w:r w:rsidR="00DC59B5" w:rsidRPr="00C863CA">
         <w:t xml:space="preserve"> согласии с условиями, указанными в настоящем Договоре в установленном Договором порядке.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DB7612" w:rsidRPr="00C863CA" w:rsidRDefault="00DB7612" w:rsidP="001F5D79">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00DC59B5" w:rsidRPr="00C863CA" w:rsidRDefault="00DC59B5" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ПРЕДМЕТ ДОГОВОРА</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DC59B5" w:rsidRPr="00C863CA" w:rsidRDefault="00DC59B5" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
-        <w:t>В соответствии с настоящим договором Агент обязуется за вознаграждение совершать по поручению Принципала действия по продвижению и реализации заказчикам туристского продукта (далее – турпродукт) и (или) иных туристских услуг, сформированных Принципалом.</w:t>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>соответствии</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> с настоящим договором Агент обязуется за вознаграждение совершать по поручению Принципала действия по продвижению и реализации заказчикам туристского продукта (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>турпродукт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>) и (или) иных туристских услуг, сформированных Принципалом.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DC59B5" w:rsidRPr="00C863CA" w:rsidRDefault="00DC59B5" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
-        <w:t xml:space="preserve">Действия по продвижению и реализации турпродукта и (или) иных туристских услуг совершаются Агентом от своего имени, и за счет Принципала. </w:t>
+        <w:t xml:space="preserve">Действия по продвижению и реализации </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>турпродукта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> и (или) иных туристских услуг совершаются Агентом от своего имени, и за счет Принципала. </w:t>
       </w:r>
       <w:r w:rsidR="00A31CB8" w:rsidRPr="00C863CA">
-        <w:t xml:space="preserve">Агент приобретает права и становится обязанным по всем сделкам, совершенным им от своего имени с третьими лицами во исполнение договора, хотя бы Принципал и был назван в сделке или вступил с третьим лицом в непосредственные отношения по исполнению сделки. </w:t>
+        <w:t xml:space="preserve">Агент </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A31CB8" w:rsidRPr="00C863CA">
+        <w:t>приобретает права и становится</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A31CB8" w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> обязанным по всем сделкам, совершенным им от своего имени с третьими лицами во исполнение договора, хотя бы Принципал и был назван в сделке или вступил с третьим лицом в непосредственные отношения по исполнению сделки. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A31CB8" w:rsidRPr="00C863CA" w:rsidRDefault="00A31CB8" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
-        <w:t>В целях исполнения настоящего договора Агент самостоятельно определяет необходимый и достаточный объем мероприятий по поиску потенциальных клиентов и заключению договора о реализации турпродукта.</w:t>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>целях</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> исполнения настоящего договора Агент самостоятельно определяет необходимый и достаточный объем мероприятий по поиску потенциальных клиентов и заключению договора о реализации </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>турпродукта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A31CB8" w:rsidRPr="00C863CA" w:rsidRDefault="00A31CB8" w:rsidP="003700A3">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
-        <w:t>В целях настоящего договора Принципал является туроператором при реализации турпродукта, сформированного непосредственно Принципалом. В случае реализации турпродукта, сформированного иным туроператором и (или) иным поставщиком туристских услуг, Принципал является агентом туроператора, сформировавшего турпродукт, а агент, в свою очередь, субагентом.</w:t>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>целях</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> настоящего договора Принципал является туроператором при реализации </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>турпродукта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve">, сформированного непосредственно Принципалом. В </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>случае</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> реализации </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>турпродукта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve">, сформированного иным туроператором и (или) иным поставщиком туристских услуг, Принципал является агентом туроператора, сформировавшего </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>турпродукт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>, а агент, в свою очередь, субагентом.</w:t>
       </w:r>
       <w:r w:rsidR="003700A3" w:rsidRPr="00C863CA">
         <w:t xml:space="preserve"> При реализации круизов, тематических поездов Принципал всегда выступает в качестве Агента других туроператоров, а Агент выступает в качестве Субагента.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00555761" w:rsidRPr="00C863CA" w:rsidRDefault="00555761" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
-        <w:t xml:space="preserve">Для исполнения обязательств по договору Агент вправе привлекать субагентов. Ответственность за действия субагентов несет Агент. В этом случае реализацию турпродукта/услуг Агент осуществляет на основании </w:t>
+        <w:t xml:space="preserve">Для исполнения обязательств по договору Агент вправе привлекать субагентов. Ответственность за действия субагентов несет Агент. В </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>этом</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> случае реализацию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>турпродукта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve">/услуг Агент осуществляет на основании </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t>субагентского</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t xml:space="preserve"> договора, заключаемого в письменной форме, в соответствии с законодательством Российской Федерации, существенные условия договора не должны отличаться</w:t>
       </w:r>
       <w:r w:rsidR="00153232" w:rsidRPr="00C863CA">
         <w:t xml:space="preserve"> от условий настоящего договора.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DC59B5" w:rsidRPr="00C863CA" w:rsidRDefault="00DC59B5" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:ind w:left="927"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="007B181D" w:rsidRPr="00C863CA" w:rsidRDefault="007B181D" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -376,71 +523,87 @@
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Агент обязан:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007B181D" w:rsidRPr="00C863CA" w:rsidRDefault="007B181D" w:rsidP="001F5D79">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:t>заключать договоры о реализации туристского продукта в соответствии действующим законодательством (в том числе Федеральным законом от 24.11.1996 N 132-ФЗ, Постановлением Правительства РФ от 18.11.2020, Приказом Ростуризма от 27.11.2020 №448-Пр-20)</w:t>
       </w:r>
       <w:r w:rsidR="006520B8" w:rsidRPr="00C863CA">
-        <w:t>, обеспечивать включение в заключаемый с туристом договор</w:t>
+        <w:t xml:space="preserve">, обеспечивать включение </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="006520B8" w:rsidRPr="00C863CA">
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="006520B8" w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> заключаемый с туристом договор</w:t>
       </w:r>
       <w:r w:rsidR="006520B8" w:rsidRPr="00C863CA">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> всех обязательных условий, предусмотренных Приложением № 1 к настоящему договору</w:t>
       </w:r>
       <w:r w:rsidR="006520B8" w:rsidRPr="00C863CA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C863CA">
         <w:t xml:space="preserve">и прилагать к договору с туристом подтвержденную Принципалом Заявку на бронирование. Подтвержденная Принципалом Заявка на бронирование </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t>турпродукта</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C863CA">
-        <w:t xml:space="preserve"> и(или) </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>и(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve">или) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t>туруслуг</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t xml:space="preserve"> далее по тексту настоящего договора именуется «Лист бронирования»;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007B181D" w:rsidRPr="00C863CA" w:rsidRDefault="00FE2372" w:rsidP="001F5D79">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
@@ -473,124 +636,145 @@
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007B181D" w:rsidRPr="00C863CA" w:rsidRDefault="007B181D" w:rsidP="001F5D79">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:t>следить за оперативной информацией публикуемой Принципалом на сайте</w:t>
       </w:r>
       <w:r w:rsidR="00E1684C" w:rsidRPr="00C863CA">
         <w:t xml:space="preserve"> Принципала в сети Интернет:</w:t>
       </w:r>
       <w:r w:rsidRPr="00C863CA">
-        <w:t xml:space="preserve"> www.moretravel.ru</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>www.moretravel.ru</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00FE2372" w:rsidRPr="00C863CA">
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007B181D" w:rsidRPr="00C863CA" w:rsidRDefault="00FE2372" w:rsidP="001F5D79">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:t>н</w:t>
       </w:r>
       <w:r w:rsidR="007B181D" w:rsidRPr="00C863CA">
-        <w:t xml:space="preserve">езамедлительно доводить до сведения туристов информацию об изменениях маршрута и программы тура, стоимости, условий тура, даты и времени вылета, самостоятельно уточнять эту информацию до вылета, следить за изменением информации о времени вылетов на официальных сайтах авиакомпаний и аэропортов вылета. Информировать туристов о том, что турист обязан за день до вылета/отъезда из страны временного пребывания уточнять информацию о точном времени вылета/отъезда, о том, что информация об изменении времени вылета может предоставляться в отеле/месте проживания, о том, что время вылета/отъезда может быть изменено перевозчиком как на более позднее, так и на более раннее, и что турист, </w:t>
+        <w:t xml:space="preserve">езамедлительно доводить до сведения туристов информацию об изменениях маршрута и программы тура, стоимости, условий тура, даты и времени вылета, самостоятельно уточнять эту информацию до вылета, следить за изменением информации о времени вылетов на официальных сайтах авиакомпаний и аэропортов вылета. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007B181D" w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve">Информировать туристов о том, что турист обязан за день до вылета/отъезда из страны временного пребывания уточнять информацию о точном времени вылета/отъезда, о том, что информация об изменении времени вылета может предоставляться в отеле/месте проживания, о том, что время вылета/отъезда может быть изменено перевозчиком как на более позднее, так и на более раннее, и что турист, </w:t>
       </w:r>
       <w:r w:rsidR="007B181D" w:rsidRPr="00C863CA">
         <w:lastRenderedPageBreak/>
-        <w:t>не воспользовавшийся услугами перевозки из-за неполучения информации об изменении времени вылет/отъезда, несет убытки самостоятельно</w:t>
+        <w:t>не</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007B181D" w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> воспользовавшийся услугами перевозки из-за неполучения информации об изменении времени вылет/отъезда, несет убытки самостоятельно</w:t>
       </w:r>
       <w:r w:rsidRPr="00C863CA">
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007B181D" w:rsidRPr="00C863CA" w:rsidRDefault="00FE2372" w:rsidP="001F5D79">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:t>п</w:t>
       </w:r>
       <w:r w:rsidR="007B181D" w:rsidRPr="00C863CA">
         <w:t xml:space="preserve">ри необходимости оказания содействия в оформлении въездных виз в страны по маршруту, обеспечивать своевременную передачу Принципалу паспортов туристов и других документов, необходимых для оформления виз, в </w:t>
       </w:r>
       <w:r w:rsidRPr="00C863CA">
         <w:t>сроки, определенные Принципалом;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007B181D" w:rsidRPr="00C863CA" w:rsidRDefault="00FE2372" w:rsidP="001F5D79">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:t>е</w:t>
       </w:r>
       <w:r w:rsidR="007B181D" w:rsidRPr="00C863CA">
-        <w:t xml:space="preserve">жемесячно предоставлять Принципалу отчет о результатах своей деятельности, а также счет-фактуру </w:t>
+        <w:t xml:space="preserve">жемесячно </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007B181D" w:rsidRPr="00C863CA">
+        <w:t>предоставлять Принципалу отчет</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007B181D" w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> о результатах своей деятельности, а также счет-фактуру </w:t>
       </w:r>
       <w:r w:rsidR="007124F7" w:rsidRPr="00B070A8">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00BC5988" w:rsidRPr="00B070A8">
         <w:t>в случае, если Агент признается плательщиком НДС</w:t>
       </w:r>
       <w:r w:rsidR="007124F7" w:rsidRPr="00B070A8">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="007124F7" w:rsidRPr="00C863CA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007B181D" w:rsidRPr="00C863CA">
         <w:t xml:space="preserve">на сумму своего вознаграждения в соответствии с Отчетом, </w:t>
       </w:r>
       <w:r w:rsidR="007B181D" w:rsidRPr="00C863CA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>не позднее десятого числа месяца, следующего за</w:t>
       </w:r>
       <w:r w:rsidR="00A8164E">
         <w:rPr>
@@ -601,51 +785,59 @@
       </w:r>
       <w:r w:rsidRPr="00C863CA">
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007B181D" w:rsidRPr="00C863CA" w:rsidRDefault="007B181D" w:rsidP="001F5D79">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FE2372" w:rsidRPr="00C863CA">
         <w:t>р</w:t>
       </w:r>
       <w:r w:rsidRPr="00C863CA">
-        <w:t>екомендовать туристам осуществлять страхование от невозможности совершить поездку. В случае отказа туриста от страхования письменно проинформировать о негати</w:t>
+        <w:t xml:space="preserve">екомендовать туристам осуществлять страхование от невозможности совершить поездку. В </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>случае</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> отказа туриста от страхования письменно проинформировать о негати</w:t>
       </w:r>
       <w:r w:rsidR="00FE2372" w:rsidRPr="00C863CA">
         <w:t>вных последствиях такого отказа;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007B181D" w:rsidRPr="00C863CA" w:rsidRDefault="00FE2372" w:rsidP="001F5D79">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:t>к</w:t>
       </w:r>
       <w:r w:rsidR="007B181D" w:rsidRPr="00C863CA">
         <w:t>онтролировать наличие и правильность оформления у туристов разрешительных на выезд документов</w:t>
       </w:r>
       <w:r w:rsidRPr="00C863CA">
@@ -655,51 +847,59 @@
     <w:p w:rsidR="007B181D" w:rsidRPr="00C863CA" w:rsidRDefault="00FE2372" w:rsidP="001F5D79">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:t>н</w:t>
       </w:r>
       <w:r w:rsidR="007B181D" w:rsidRPr="00C863CA">
         <w:t xml:space="preserve">езамедлительно уведомлять Принципала о заключении с заказчиком (туристом) договора о реализации </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007B181D" w:rsidRPr="00C863CA">
         <w:t>турпродукта</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007B181D" w:rsidRPr="00C863CA">
-        <w:t xml:space="preserve"> и(или) </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007B181D" w:rsidRPr="00C863CA">
+        <w:t>и(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007B181D" w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve">или) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007B181D" w:rsidRPr="00C863CA">
         <w:t>туруслуг</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007B181D" w:rsidRPr="00C863CA">
         <w:t>, в том числе посредством уведомления Пр</w:t>
       </w:r>
       <w:r w:rsidRPr="00C863CA">
         <w:t>инципала в системе бронирования;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007B181D" w:rsidRPr="00C863CA" w:rsidRDefault="00FE2372" w:rsidP="001F5D79">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
@@ -915,51 +1115,65 @@
         </w:numPr>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">использовать рекомендованную Принципалом типовую форму договора с туристом (заказчиком). Рекомендованная форма договора на подбор и продвижение </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>турпродукта</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> и(или) </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>и(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">или) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>туруслуг</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> формируется автоматически в системе бронирования Принципала в личном кабинете Агента при оформлении Агентом Заявки на бронирование и бронировании тура в системе бронирования Принципала. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007B181D" w:rsidRPr="00C863CA" w:rsidRDefault="007B181D" w:rsidP="001F5D79">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
@@ -976,54 +1190,70 @@
           <w:bCs/>
         </w:rPr>
         <w:t>Принципал обязан:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007B181D" w:rsidRPr="00C863CA" w:rsidRDefault="00FE2372" w:rsidP="001F5D79">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:t>п</w:t>
       </w:r>
       <w:r w:rsidR="007B181D" w:rsidRPr="00C863CA">
         <w:t xml:space="preserve">редоставлять Агенту информацию о продаваемом туре, программах, условиях и графиках туристических поездок, а также об изменениях в них. Обеспечивать Агента информационными и рекламными материалами. Информирование Агента осуществляется посредством электронных рассылок информационных материалов, направляемых по электронной почте, размещения информации на </w:t>
       </w:r>
       <w:r w:rsidR="00E1684C" w:rsidRPr="00C863CA">
-        <w:t>сайте Принципала в сети Интернет: www.moretravel.ru,</w:t>
+        <w:t xml:space="preserve">сайте Принципала в сети Интернет: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E1684C" w:rsidRPr="00C863CA">
+        <w:t>www.moretravel.ru</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E1684C" w:rsidRPr="00C863CA">
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="007B181D" w:rsidRPr="00C863CA">
-        <w:t xml:space="preserve"> предоставления информационных каталогов, информации, указанной в авиа-, железнодорожных билетах и других перевозочных докум</w:t>
+        <w:t xml:space="preserve"> предоставления информационных каталогов, информации, указанной в ави</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007B181D" w:rsidRPr="00C863CA">
+        <w:t>а-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007B181D" w:rsidRPr="00C863CA">
+        <w:t>, железнодорожных билетах и других перевозочных докум</w:t>
       </w:r>
       <w:r w:rsidRPr="00C863CA">
         <w:t>ентах, страховых полисах и т.п.;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007B181D" w:rsidRPr="00C863CA" w:rsidRDefault="00FE2372" w:rsidP="001F5D79">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:t>п</w:t>
       </w:r>
       <w:r w:rsidR="007B181D" w:rsidRPr="00C863CA">
         <w:t xml:space="preserve">о запросам Агента предоставлять сведения о </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -1100,52 +1330,57 @@
         <w:t>р</w:t>
       </w:r>
       <w:r w:rsidR="007B181D" w:rsidRPr="00C863CA">
         <w:t xml:space="preserve">ассмотреть Отчет Агента и все предоставленные им документы в течение 5-ти рабочих дней с момента получения. Если Принципал не представит свои возражения по Отчету в срок до </w:t>
       </w:r>
       <w:r w:rsidR="00164820" w:rsidRPr="00C863CA">
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="007B181D" w:rsidRPr="00C863CA">
         <w:t>-ти рабочих дней с момента получения, то этот Отчет считается принятым и одобренным.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007B181D" w:rsidRPr="00C863CA" w:rsidRDefault="006520B8" w:rsidP="001F5D79">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C863CA">
-        <w:t xml:space="preserve">размещать информацию об Агенте на своем официальном сайте в интернете, а также в Едином федеральном реестре </w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve">азмещать информацию об Агенте на своем официальном сайте в интернете, а также в Едином федеральном реестре </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t>турагентов</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006520B8" w:rsidRPr="00C863CA" w:rsidRDefault="006520B8" w:rsidP="001F5D79">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:t>своевременно передавать Агенту всю полученную от авиаперевозчика информацию об авиарейсе туриста, оказывать содействие в проведении переговоров по вопросам возврата денежных средств, уплаченных перевозчику</w:t>
@@ -1169,121 +1404,158 @@
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Принципал вправе:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007B181D" w:rsidRPr="00C863CA" w:rsidRDefault="00FE2372" w:rsidP="001F5D79">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t>п</w:t>
       </w:r>
       <w:r w:rsidR="007B181D" w:rsidRPr="00C863CA">
-        <w:t>ри необходимости в одностороннем порядке изменить комплекс услуг, входящих в состав реализуемого тура, в частности: заменить отель, на отель той же категории или выше; заменить номер в отеле на другой номер в этом отеля по такой же стоимости или по стоимости выше без доплат; изменить расписание и маршрут экскурсионной программы, состав экскурсионной программы; изменить по независящим от себя причинам сроки поездки и(или) ее продолжительность; стоимость тура; внести иные обоснованные изменения.</w:t>
+        <w:t>ри необходимости в одностороннем порядке изменить комплекс услуг, входящих в состав реализуемого тура, в частности: заменить отель, на отель той же категории или выше; заменить номер в отеле на другой номер в этом отеля по такой же стоимости или по стоимости выше без доплат; изменить расписание и маршрут экскурсионной программы, состав экскурсионной программы;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007B181D" w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> изменить по независящим от себя причинам сроки поездки </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007B181D" w:rsidRPr="00C863CA">
+        <w:t>и(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007B181D" w:rsidRPr="00C863CA">
+        <w:t>или) ее продолжительность; стоимость тура; внести иные обоснованные изменения.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007B181D" w:rsidRPr="00C863CA" w:rsidRDefault="00FE2372" w:rsidP="001F5D79">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:t>а</w:t>
       </w:r>
       <w:r w:rsidR="007B181D" w:rsidRPr="00C863CA">
-        <w:t xml:space="preserve">ннулировать бронирование турпродукта в случаях, предусмотренных </w:t>
+        <w:t xml:space="preserve">ннулировать бронирование </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007B181D" w:rsidRPr="00C863CA">
+        <w:t>турпродукта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007B181D" w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> в случаях, предусмотренных </w:t>
       </w:r>
       <w:r w:rsidRPr="00C863CA">
         <w:t>положениями настоящего Договора;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007B181D" w:rsidRPr="00C863CA" w:rsidRDefault="00F858D4" w:rsidP="001F5D79">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:lastRenderedPageBreak/>
         <w:t>в</w:t>
       </w:r>
       <w:r w:rsidR="007B181D" w:rsidRPr="00C863CA">
-        <w:t xml:space="preserve"> одностороннем порядке увеличить стоимость туристического продукта, в случае увеличения цены на авиаперелет (авиабилеты), увеличения топливного сбора и иных обоснованных и не зависящих от Принципала обоснованных повышений цен.</w:t>
+        <w:t xml:space="preserve"> одностороннем порядке увеличить стоимость туристического продукта, в случае увеличения цены на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007B181D" w:rsidRPr="00C863CA">
+        <w:t>авиаперелет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007B181D" w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> (авиабилеты), увеличения топливного сбора и иных обоснованных и не зависящих от Принципала обоснованных повышений цен.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003700A3" w:rsidRPr="00C863CA" w:rsidRDefault="003700A3" w:rsidP="003700A3">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:t xml:space="preserve">При изменении стоимости услуг со стороны судоходной компании (иного туроператора или поставщика </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t>туруслуг</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C863CA">
-        <w:t xml:space="preserve">) в одностороннем порядке изменить стоимость неоплаченных услуг, турпродукта (речных круизов, поездов), изменить стоимость не полностью оплаченных </w:t>
+        <w:t xml:space="preserve">) в одностороннем порядке изменить стоимость неоплаченных услуг, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>турпродукта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> (речных круизов, поездов), изменить стоимость не полностью оплаченных </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t>турпродуктов</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t xml:space="preserve"> или </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t>туруслуг</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t xml:space="preserve"> без согласования с Агентом.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008A3A6D" w:rsidRPr="00C863CA" w:rsidRDefault="00F858D4" w:rsidP="00164820">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
@@ -1323,437 +1595,547 @@
         <w:spacing w:after="160"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ПОРЯДОК РАСЧЕТОВ</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C408AC" w:rsidRPr="000039CD" w:rsidRDefault="00C408AC" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="160"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="000039CD">
-        <w:t>Окончательная цена турпродукта указывается при подтверждении бронирования и/или в счетах на оплату, выставляемых Агенту.</w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Агент обязан незамедлительно перечислять Принципалу полученные от туриста (заказчика) денежные средства за вычетом суммы своего агентского вознаграждения. В случае неоплаты или неполной оплаты Агентом стоимости бронируемых </w:t>
+        <w:t xml:space="preserve">Окончательная цена </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000039CD">
         <w:t>турпродукта</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000039CD">
+        <w:t xml:space="preserve"> указывается при подтверждении бронирования и/или в счетах на оплату, выставляемых Агенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C408AC" w:rsidRPr="000039CD" w:rsidRDefault="00C408AC" w:rsidP="001F5D79">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="160"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000039CD">
+        <w:t xml:space="preserve">Агент обязан незамедлительно перечислять Принципалу полученные от туриста (заказчика) денежные средства за вычетом суммы своего агентского вознаграждения. В случае неоплаты или неполной оплаты Агентом стоимости бронируемых </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000039CD">
+        <w:t>турпродукта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000039CD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000039CD">
         <w:t>и(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="000039CD">
         <w:t xml:space="preserve">или) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000039CD">
         <w:t>туруслуг</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000039CD">
         <w:t xml:space="preserve"> и(или) задержке перечисления полученной от туриста оплаты Принципалу, Агент считается </w:t>
       </w:r>
       <w:r w:rsidR="00F858D4" w:rsidRPr="000039CD">
         <w:t>ненадлежащим образом</w:t>
       </w:r>
       <w:r w:rsidRPr="000039CD">
-        <w:t xml:space="preserve"> исполнившим свои обязанности по оплате по настоящему договору. В этом случае Агент и лица, от которых Агент получил оплату, не имеют право на получение услуг по договору</w:t>
+        <w:t xml:space="preserve"> исполнившим свои обязанности по оплате по настоящему договору. В </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000039CD">
+        <w:t>этом</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000039CD">
+        <w:t xml:space="preserve"> случае Агент и лица, от которых Агент получил оплату, не имеют право на получение услуг по договору</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000E107D" w:rsidRPr="000039CD" w:rsidRDefault="00C408AC" w:rsidP="000039CD">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="160"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="000039CD">
         <w:t xml:space="preserve">Оплата стоимости </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000039CD">
         <w:t>турпродукта</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000039CD">
-        <w:t xml:space="preserve"> и(или) </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000039CD">
+        <w:t>и(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000039CD">
+        <w:t xml:space="preserve">или) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000039CD">
         <w:t>туруслуг</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000039CD">
         <w:t xml:space="preserve"> производится Агентом в рубля</w:t>
       </w:r>
       <w:r w:rsidR="00827064" w:rsidRPr="000039CD">
         <w:t xml:space="preserve">х, исходя из стоимости </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00827064" w:rsidRPr="000039CD">
         <w:t>туруслуг</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00827064" w:rsidRPr="000039CD">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00BC5988" w:rsidRPr="000039CD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C408AC" w:rsidRPr="00C863CA" w:rsidRDefault="00C408AC" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="160"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="000039CD">
         <w:t>День о</w:t>
       </w:r>
       <w:r w:rsidRPr="00C863CA">
-        <w:t>платы – это тот текущий рабочий банковский день, когда совершается платеж в пользу Принципала. Дата оплаты – это момент зачисления денежных средств в кассу или на расчетный счет Принципала.</w:t>
+        <w:t>платы – это тот текущий рабочий банковский день, когда совершается платеж в пользу Принципала. Дата оплаты – это момент зачисления денежных сре</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>дств в к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>ассу или на расчетный счет Принципала.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B04D38" w:rsidRPr="00C863CA" w:rsidRDefault="00C408AC" w:rsidP="00827064">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="160"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Если иное не указано в подтвержденной заявке на бронирование (листе бронирования) и(или) счете на оплату (предоплату) или в личном кабинете</w:t>
+        <w:t xml:space="preserve">Если иное не указано в подтвержденной заявке на бронирование (листе бронирования) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>и(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>или) счете на оплату (предоплату) или в личном кабинете</w:t>
       </w:r>
       <w:r w:rsidRPr="00C863CA">
         <w:t xml:space="preserve"> Агента в системе бронирования Принципала, при этом дата, указанная в подтверждении бронирования и (или) счете, является приоритетной, оплата за </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t>туруслуги</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t xml:space="preserve"> п</w:t>
       </w:r>
       <w:r w:rsidR="00827064" w:rsidRPr="00C863CA">
         <w:t xml:space="preserve">роизводится в полном объеме в течение 3 (Трех) рабочих дней с момента подтверждения Принципалом бронирования заказанных </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00827064" w:rsidRPr="00C863CA">
         <w:t>туруслуг</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00827064" w:rsidRPr="00C863CA">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C408AC" w:rsidRPr="00C863CA" w:rsidRDefault="00C408AC" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="160"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t xml:space="preserve">При покупке туристического продукта, в числе которого входит проживание в нестандартном номере отеля, авиабилеты, забронированные из системы бронирования авиакомпании по цене свободной продажи, сверх блока, оплата стоимости </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t>турпродукта</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t>туруслуг</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t xml:space="preserve">) должна быть произведена в размере </w:t>
       </w:r>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>не менее 50 (Пятьдесят)</w:t>
       </w:r>
       <w:r w:rsidRPr="00C863CA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>процентов</w:t>
       </w:r>
       <w:r w:rsidRPr="00C863CA">
-        <w:t xml:space="preserve"> стоимости турпродукта </w:t>
+        <w:t xml:space="preserve"> стоимости </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>турпродукта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00135051" w:rsidRPr="00C863CA">
         <w:t xml:space="preserve">(если иной размер предоплаты не указан в счете, Листе бронирования или личном кабинете) </w:t>
       </w:r>
       <w:r w:rsidRPr="00C863CA">
-        <w:t xml:space="preserve">в течение одних суток после подтверждения Принципалом заявки на бронирование данного номера или данного билета. </w:t>
+        <w:t>в течение одних суток после подтверждения</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> Принципалом заявки на бронирование данного номера или данного билета. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000E107D" w:rsidRPr="00C863CA" w:rsidRDefault="00C408AC" w:rsidP="000E107D">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="160"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:t>Обязанность по оплате стоимо</w:t>
       </w:r>
       <w:r w:rsidR="00B04D38" w:rsidRPr="00C863CA">
         <w:t xml:space="preserve">сти </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B04D38" w:rsidRPr="00C863CA">
         <w:t>турпродукта</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B04D38" w:rsidRPr="00C863CA">
-        <w:t xml:space="preserve"> и(или) </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B04D38" w:rsidRPr="00C863CA">
+        <w:t>и(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B04D38" w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve">или) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B04D38" w:rsidRPr="00C863CA">
         <w:t>туруслуг</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t xml:space="preserve"> считается выполненной в момент поступления денежных средств на расчетный счет или в кассу Принципала.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00687208" w:rsidRPr="00C863CA" w:rsidRDefault="00687208" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="160"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Агентское вознаграждение.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00687208" w:rsidRPr="00C863CA" w:rsidRDefault="00C408AC" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="160"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:t xml:space="preserve">Размер агентского вознаграждения при бронировании через </w:t>
       </w:r>
       <w:r w:rsidR="00164820" w:rsidRPr="00C863CA">
-        <w:t xml:space="preserve">сайт Принципала в сети Интернет www.moretravel.ru </w:t>
+        <w:t xml:space="preserve">сайт Принципала в сети Интернет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00164820" w:rsidRPr="00C863CA">
+        <w:t>www.moretravel.ru</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00164820" w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C863CA">
         <w:t>указывается в листе бронирования</w:t>
       </w:r>
       <w:r w:rsidR="00CD55BE" w:rsidRPr="00C863CA">
         <w:t>, а также в личном кабинете Агента.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C408AC" w:rsidRPr="00C863CA" w:rsidRDefault="00C408AC" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="160"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:t xml:space="preserve">Если Агент совершит сделку на условиях более выгодных, чем указано Принципалом, то вся дополнительная выгода является собственностью Агента и остается в его распоряжении. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C408AC" w:rsidRPr="00C863CA" w:rsidRDefault="00C408AC" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="160"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t xml:space="preserve">В случае подачи Агентом заявки на бронирование </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t>туруслуг</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C863CA">
-        <w:t xml:space="preserve"> иным способом, т.е. не через Интернет сайт Принципала, сумма агентского вознаграждения, указанная в подтверждении на бронирование, может быть уменьшена Принципалом на сумму, эквивалентную 1 (Одному) проценту от рекомендованной стоимости турпакета, в т.ч. такое уменьшение касается иного размера вознаграждения, указанного в дополнительных соглашениях, приложениях к договору, подтверждении на бронирование, прайс-листах Принципала, и т.д. и т.п., или же сумма к оплате Принципалу может быть увеличена на сумму, эквивалентную 1 (Одному) проценту от рекомендованной стоимости турпакета при сохранении неизменной суммы агентского вознаграждения.</w:t>
+        <w:t xml:space="preserve"> иным способом, т.е. не через Интернет сайт Принципала, сумма агентского вознаграждения, указанная в подтверждении на бронирование, может быть уменьшена Принципалом на сумму, эквивалентную 1 (Одному) проценту от рекомендованной стоимости турпакета, в т.ч. такое уменьшение касается иного размера вознаграждения, указанного в дополнительных соглашениях, приложениях к договору, подтверждении на бронирование, прайс-листах Принципала</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>, и т.д. и т.п., или же сумма к оплате Принципалу может быть увеличена на сумму, эквивалентную 1 (Одному) проценту от рекомендованной стоимости турпакета при сохранении неизменной суммы агентского вознаграждения.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C408AC" w:rsidRPr="00C863CA" w:rsidRDefault="00C408AC" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="160"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:t>Изменение размера предоставляемого агентского вознаграждения или суммы к оплате Принципалу производится Принципалом в одностороннем порядке без оформления дополнительных соглашений к настоящему договору, с уведомлением о таком изменении Агента, в т.ч.</w:t>
       </w:r>
       <w:r w:rsidR="00E341A0" w:rsidRPr="00C863CA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C863CA">
         <w:t>посредством каналов электронной связи.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CD55BE" w:rsidRPr="00C863CA" w:rsidRDefault="00CD55BE" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="160"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
-        <w:t xml:space="preserve">При отказе туриста от турпродукта </w:t>
+        <w:t xml:space="preserve">При отказе туриста от </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>турпродукта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E341A0" w:rsidRPr="00C863CA">
         <w:t xml:space="preserve">(вне зависимости от оснований такого отказа) </w:t>
       </w:r>
       <w:r w:rsidRPr="00C863CA">
-        <w:t>Агент не имеет права на агентское вознаграждение и самостоятельно производит выплату удержанного агентского вознаграждения в пользу туриста.</w:t>
+        <w:t xml:space="preserve">Агент не </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>имеет права на агентское вознаграждение и самостоятельно производит</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> выплату удержанного агентского вознаграждения в пользу туриста.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CD55BE" w:rsidRPr="00C863CA" w:rsidRDefault="00C408AC" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
         <w:spacing w:after="160"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>В случае, если Агентом забронировано несколько заявок у Принципала, Принципал вправе</w:t>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>случае</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>, если Агентом забронировано несколько заявок у Принципала, Принципал вправе</w:t>
       </w:r>
       <w:r w:rsidR="00CD55BE" w:rsidRPr="00C863CA">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C408AC" w:rsidRPr="00C863CA" w:rsidRDefault="00C408AC" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="160"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:t>по письменному заявлению Агента произвести зачет уплаченных денежных средств (в том числе частично) по аннулированной заявке в счет оплаты другой заявки Агента. Письменное заявление должно быть подписано руководителем Агента. К заявлению должно быть приложено письменное заявление заказчика туристского продукта, подтверждающее аннулирование заявки, возврат денежных средств от Агента, отсутствие материальн</w:t>
       </w:r>
       <w:r w:rsidR="00CD55BE" w:rsidRPr="00C863CA">
         <w:t>ых претензий в адрес Принципала;</w:t>
       </w:r>
@@ -1785,66 +2167,82 @@
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="160"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:t>Возврат денежных средств по аннулированной заявке производится в течение тридцати дней с момента получения письменного заявления Агента о возврате в следующем порядке:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CD55BE" w:rsidRPr="00C863CA" w:rsidRDefault="00C408AC" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="160"/>
         <w:ind w:left="851" w:hanging="284"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
-        <w:t>при оплате Агентом забронированной заявки одним платежом, возврат денежных средств производится в рублях по курсу, действующему у Принципала на день зачисления оплаты от Агента на расчетный счет или в кассу Принципала;</w:t>
+        <w:t>при оплате Агентом забронированной заявки одним платежом, возврат денежных сре</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>дств пр</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>оизводится в рублях по курсу, действующему у Принципала на день зачисления оплаты от Агента на расчетный счет или в кассу Принципала;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C408AC" w:rsidRPr="00C863CA" w:rsidRDefault="00C408AC" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="160"/>
         <w:ind w:left="851" w:hanging="284"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
-        <w:t>при оплате Агентом забронированной заявки несколькими платежами, возврат денежных средств производится в рублях в соответствии с курсами, действующими у Принципала на день зачисления на расчетный счет или в кассу Принципала каждого произведенного Агентом платежа.</w:t>
+        <w:t>при оплате Агентом забронированной заявки несколькими платежами, возврат денежных сре</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>дств пр</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>оизводится в рублях в соответствии с курсами, действующими у Принципала на день зачисления на расчетный счет или в кассу Принципала каждого произведенного Агентом платежа.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007B181D" w:rsidRPr="00C863CA" w:rsidRDefault="00C408AC" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="160"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:t>Возврат денежных средств по аннулированной заявке производится Принципалом за вычетом фактически понесенных расходов, установленных</w:t>
       </w:r>
       <w:r w:rsidR="00623460" w:rsidRPr="00C863CA">
         <w:t xml:space="preserve"> п. 4.3 </w:t>
       </w:r>
       <w:r w:rsidRPr="00C863CA">
         <w:t>настоящего договора. Агент самостоятельно разрешает разногласия с заказчиком по вопросу удержания Принципалом фактически понесенных расходов.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A30807" w:rsidRPr="00C863CA" w:rsidRDefault="00A30807" w:rsidP="001F5D79">
       <w:pPr>
@@ -1859,77 +2257,161 @@
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ПОРЯДОК БРОНИРОВАНИЯ</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A30807" w:rsidRPr="00C863CA" w:rsidRDefault="00A30807" w:rsidP="001F5D79">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C863CA">
-        <w:t>Агент принимает заявки от туристов и направляет Принципалу Заявку на бронирование тура, которая должна содержать следующие достоверные данные: а) имена туристов (пассажиров) в русской и латинской транскрипции и их паспортные данные исходя из сведений в загранпаспортах туристов (пассажиров); б) пол туристов; в) страна выдачи документа, удостоверяющего личность пассажира; г) документ, удостоверяющий личность; д) дата окончания срока действия документа, удостоверяющего личность пассажира; е) количество туристов; ж) страну следования; з) даты начала и окончания поездки; и) выбранный отель и его категория, тип питания, тип размещения; к) необходимое количество авиационных (железнодорожных) билетов; л) необходимость трансфера (групповой/индивидуальный); м) необходимость страхования (медицинского, от невыезда); н) количество и возраст детей до 12-ти лет; о) дополнительные услуги, условия (VIP обслуживание, внутренние перелеты, аренда авто и т.д.); п) ФИО и должность ответственного за подачу заявки сотрудника Агента и его контактный телефон/факс; р) контактный телефон, адрес электронной почты, указанных при заключении договора о реализации туристского продукта. Стороны признают надлежащей передачу Заявки на бронирование посредством факсимильной связи, по электронной почте или через систему интернет-бронирования Принципала.</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>Агент принимает заявки от туристов и направляет Принципалу Заявку на бронирование тура, которая должна содержать следующие достоверные данные: а) имена туристов (пассажиров) в русской и латинской транскрипции и их паспортные данные исходя из сведений в загранпаспортах туристов (пассажиров); б) пол туристов; в) страна выдачи документа, удостоверяющего личность пассажира; г) документ, удостоверяющий личность;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>д</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve">) дата окончания срока действия документа, удостоверяющего личность пассажира; е) количество туристов; ж) страну следования; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>з</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve">) даты начала и окончания поездки; и) выбранный отель и его категория, тип питания, тип размещения; к) необходимое количество авиационных (железнодорожных) билетов; л) необходимость </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>трансфера</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> (групповой/индивидуальный); м) необходимость страхования (медицинского, от невыезда); </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>) количество и возраст детей до 12-ти лет;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> о) дополнительные услуги, условия (VIP обслуживание, внутренние перелеты, аренда авто и т.д.); </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve">) ФИО и должность ответственного за подачу заявки сотрудника Агента и его контактный телефон/факс; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve">) контактный телефон, адрес электронной почты, указанных при заключении договора о реализации туристского продукта. Стороны признают надлежащей передачу Заявки на бронирование посредством факсимильной связи, по электронной почте или через систему </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>интернет-бронирования</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> Принципала.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A30807" w:rsidRPr="00C863CA" w:rsidRDefault="00A30807" w:rsidP="001F5D79">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:t xml:space="preserve">При возможности предоставления запрошенных </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t>туруслуг</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C863CA">
-        <w:t>, Принципал направляет Агенту Подтверждение о бронировании заказанных Агентом услуг в течение 72-х часов с момента получения заявки и выставляет счет на оплату. Принципал вправе выставить счет на предоплату. Счет на оплату (предоплату) не является подтверждением со стороны Принципала о бронировании заказанных Агентом услуг и может быть изменен Принципалом.</w:t>
+        <w:t xml:space="preserve">, Принципал </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>направляет Агенту Подтверждение о бронировании заказанных Агентом услуг в течение 72-х часов с момента получения заявки и выставляет</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> счет на оплату. Принципал вправе выставить счет на предоплату. Счет на оплату (предоплату) не </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>является подтверждением со стороны Принципала о бронировании заказанных Агентом услуг и может</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> быть изменен Принципалом.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A30807" w:rsidRPr="00C863CA" w:rsidRDefault="00A30807" w:rsidP="001F5D79">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Аннуляция и изменение бронирования.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A30807" w:rsidRPr="00C863CA" w:rsidRDefault="00A30807" w:rsidP="001F5D79">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
@@ -1988,68 +2470,116 @@
       <w:r w:rsidR="000A0271" w:rsidRPr="00B070A8">
         <w:t xml:space="preserve"> 1 000 (одной тысячи)</w:t>
       </w:r>
       <w:r w:rsidR="00827064" w:rsidRPr="00B070A8">
         <w:t xml:space="preserve"> рублей.</w:t>
       </w:r>
       <w:r w:rsidR="000A0271" w:rsidRPr="00B070A8">
         <w:t xml:space="preserve"> Точный размер указанных расходов указывается в Личном кабинете Агента.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00135051" w:rsidRPr="00C863CA" w:rsidRDefault="00135051" w:rsidP="00135051">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
-        <w:t>Агент не вправе переводить обязанность по оплате ФПР, указанных в п. 4.3.3 на туриста (иного Заказчика). Обязанность по оплате указанных ФПР возникает из предпринимательских отношений Сторон и не может трактоваться как плата, взымаемая с потребителя.</w:t>
+        <w:t xml:space="preserve">Агент не вправе переводить обязанность по оплате ФПР, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>указанных</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> в п. 4.3.3 на туриста (иного Заказчика). Обязанность по оплате указанных ФПР </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>возникает из предпринимательских отношений Сторон и не может</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> трактоваться как плата, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>взымаемая</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> с потребителя.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00135051" w:rsidRPr="00C863CA" w:rsidRDefault="00135051" w:rsidP="00135051">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
-        <w:t xml:space="preserve">В случае, если вследствие аннуляции заявки при взаимодействии с непосредственными исполнителями услуг (перевозчиками, посольствами/консульствами, принимающей стороной, отелями, местами размещения, иными исполнителями) у Принципала возникли фактически понесенные расходы, они подлежат оплате на основании ст. 782 Гражданского кодекса РФ. Принципал вправе удержать сумму ФПР при возврате денежных средств за аннулированный турпродукт. </w:t>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>случае</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve">, если вследствие аннуляции заявки при взаимодействии с непосредственными исполнителями услуг (перевозчиками, посольствами/консульствами, принимающей стороной, отелями, местами размещения, иными исполнителями) у Принципала возникли фактически понесенные расходы, они подлежат оплате на основании ст. 782 Гражданского кодекса РФ. Принципал вправе удержать сумму ФПР при возврате денежных средств </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> аннулированный </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>турпродукт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A30807" w:rsidRPr="00C863CA" w:rsidRDefault="00A30807" w:rsidP="001F5D79">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:t>Фактически понесенные расходы, указанные в п.</w:t>
       </w:r>
       <w:r w:rsidR="006520B8" w:rsidRPr="00C863CA">
         <w:t>4.3.</w:t>
       </w:r>
       <w:r w:rsidR="00135051" w:rsidRPr="00C863CA">
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00C863CA">
@@ -2128,51 +2658,59 @@
             </w:pPr>
             <w:r w:rsidRPr="00C863CA">
               <w:t xml:space="preserve">более 31 дней до начала оказания </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C863CA">
               <w:t>туруслуг</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4891" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00E83EFC" w:rsidRPr="00C863CA" w:rsidRDefault="00E83EFC" w:rsidP="007C2377">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00C863CA">
-              <w:t>20% от стоимости турпродукта за каждого туриста</w:t>
+              <w:t xml:space="preserve">20% от стоимости </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C863CA">
+              <w:t>турпродукта</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C863CA">
+              <w:t xml:space="preserve"> за каждого туриста</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E83EFC" w:rsidRPr="00C863CA" w:rsidTr="00E83EFC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4890" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00E83EFC" w:rsidRPr="00C863CA" w:rsidRDefault="00E83EFC" w:rsidP="007C2377">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00C863CA">
               <w:t xml:space="preserve">от 31 до 20 дней до начала оказания </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C863CA">
               <w:t>туруслуг</w:t>
             </w:r>
@@ -2379,179 +2917,251 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00C863CA">
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C863CA">
               <w:t>туруслуг</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00C863CA">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00E83EFC" w:rsidRPr="00C863CA" w:rsidRDefault="00E83EFC" w:rsidP="00E83EFC">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="680"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t xml:space="preserve">При отказе от ранее забронированных туров с датами начала туров с «20» декабря по «10» января, с «28» апреля по «07» мая, а также в иные периоды «высокого сезона», вызванного иными праздничными днями, действующими в РФ и в стране временного пребывания, в которую организуется путешествие, </w:t>
       </w:r>
       <w:r w:rsidRPr="00C863CA">
         <w:lastRenderedPageBreak/>
-        <w:t>Принципал вправе удержать ФПР в размере 100% от стоимости тура вне зависимости от срока аннуляции, если иное не предусмотрено в листе бронирования. Для речной навигации «высоким сезоном» считается период с мая по октябрь.</w:t>
+        <w:t>Принципал вправе удержать ФПР в размере 100% от стоимости тура вне зависимости от срока аннуляции</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>, если иное не предусмотрено в листе бронирования. Для речной навигации «высоким сезоном» считается период с мая по октябрь.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A30807" w:rsidRPr="00C863CA" w:rsidRDefault="00A30807" w:rsidP="001F5D79">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="680"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
-        <w:t xml:space="preserve">Указанный размер ФПР применяется к отношениям сторон, если иное не указано в подтвержденной заявке на бронирование (листе бронирования) и(или) счете на оплату (предоплату) или в личном кабинете Агента в </w:t>
+        <w:t xml:space="preserve">Указанный размер ФПР применяется к отношениям сторон, если иное не указано в подтвержденной заявке на бронирование (листе бронирования) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>и(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve">или) счете на оплату (предоплату) или в личном кабинете Агента в </w:t>
       </w:r>
       <w:r w:rsidR="00135051" w:rsidRPr="00C863CA">
         <w:t>системе бронирования Принципала – размер ФПР может быть изменен как в большую, так и в меньшую сторону, но в любом случае не превышает 100 % от стоимости туристского продукта.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B33BCD" w:rsidRPr="00C863CA" w:rsidRDefault="00B33BCD" w:rsidP="00B33BCD">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
-        <w:t>Агент вправе самостоятельно определить порядок распределения ФПР, указанных в п. 4.3.5, 4.3.6 настоящего Договора, между заказчиком (туристом) и Агентом. При этом условия такого распределения указываются Агентом в договоре с заказчиком (туристом) и не должны нарушать требования действующего законодательства.</w:t>
+        <w:t xml:space="preserve">Агент вправе самостоятельно определить порядок распределения ФПР, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>указанных</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> в п. 4.3.5, 4.3.6 настоящего Договора, между заказчиком (туристом) и Агентом. При этом условия такого распределения указываются Агентом в договоре с заказчиком (туристом) и не должны нарушать требования действующего законодательства.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A30807" w:rsidRPr="00B070A8" w:rsidRDefault="00A30807" w:rsidP="001F5D79">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00B070A8">
         <w:t xml:space="preserve">Любое изменение подтвержденной Принципалом заявки считается ее аннуляцией, с необходимостью направления Агентом нового варианта заявки. Неправильное внесение Агентом данных о туристах, влекущее их исправление, а также аннуляция заявки, влечет также выплату Агентом фактически понесенных Принципалом расходов на оформление изменений, аннуляции и исправление сотрудниками Принципала данных в размере </w:t>
       </w:r>
       <w:r w:rsidR="00947EB9" w:rsidRPr="00B070A8">
         <w:t xml:space="preserve">от </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00827064" w:rsidRPr="00B070A8">
         <w:t>300 рублей.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A30807" w:rsidRPr="00C863CA" w:rsidRDefault="00A30807" w:rsidP="001F5D79">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t>Заявка может быть аннулирована Принципалом в одностороннем порядке в следующих случаях (при этом наступают последствия, предусмотренные п.</w:t>
       </w:r>
       <w:r w:rsidR="00E83EFC" w:rsidRPr="00C863CA">
         <w:t>4.3.3</w:t>
       </w:r>
       <w:r w:rsidR="00035AA1" w:rsidRPr="00C863CA">
         <w:t>, 4.3.</w:t>
       </w:r>
       <w:r w:rsidR="00E83EFC" w:rsidRPr="00C863CA">
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00C863CA">
-        <w:t xml:space="preserve"> настоящего договора): а) при отказе в предоставлении туристу въездной визы; б) в случае, если решением властей или других уполномоченных лиц туристу было отказано в возможности совершить путешествие, перелет/переезд по авиа-, ж/д билету, и/или проживания в забронированном номере гостиницы (месте размещения) по вине такого туриста (попытка провоза контрабанды, хранение, провоз и распространение наркотиков, незаконное хранение оружия, нарушения закона и правопорядка, состояние алкогольного или наркотического опьянения, а также в случае ненадлежащего оформления, неполноты личных документов туриста и т.п.).</w:t>
+        <w:t xml:space="preserve"> настоящего договора): а) при отказе в предоставлении туристу въездной визы;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> б) в случае, если решением властей или других уполномоченных лиц туристу было отказано в возможности совершить путешествие, перелет/переезд по ави</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>а-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>, ж/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>д</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> билету, и/или проживания в забронированном номере гостиницы (месте размещения) по вине такого туриста (попытка провоза контрабанды, хранение, провоз и распространение наркотиков, незаконное хранение оружия, нарушения закона и правопорядка, состояние алкогольного или наркотического опьянения, а также в </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>случае</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> ненадлежащего оформления, неполноты личных документов туриста и т.п.).</w:t>
       </w:r>
       <w:r w:rsidR="00153232" w:rsidRPr="00C863CA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t>При этом Агент обязан оплатить все дополнительные расходы Принципала, возникшие по вине туриста; в) в случае опоздания туриста к назначенному времени регистрации или на посадку в самолет или на иной пункт отправления по маршруту поездки;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00C863CA">
-        <w:t xml:space="preserve"> г) в случае неполного, либо несвоевременного перечисления денежных средств за турпродукт в соответствии с условиями договора, в том числе в случае </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> доплаты за повышения цен на авиаперелет, топливный сбор, иное.</w:t>
+        <w:t xml:space="preserve"> г) в случае неполного, либо несвоевременного перечисления денежных средств за </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>турпродукт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> в соответствии с условиями договора, в том числе в случае не внесения доплаты за повышения цен на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>авиаперелет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>, топливный сбор, иное.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A30807" w:rsidRPr="00C863CA" w:rsidRDefault="00A30807" w:rsidP="001F5D79">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
-        <w:t xml:space="preserve">В случае, если в визе отказано одному (нескольким) из туристов Агента, указанных в заявке на бронирование, а остальным туристам виза открыта, обязательства считаются прекращенными в части предоставления услуг туристам, которым в визе отказано. Туристы, которым виза открыта, могут совершить путешествие, при этом стоимость тура может быть изменена (увеличена) в связи с изменением типа размещения и других составляющих тура (двухместное размещение меняется на одноместное и т.д.). Если Агент, туристам которого виза открыта, отказывается воспользоваться приобретенным туром, то обязательства по предоставлению тура прекращаются, а оплаченная стоимость турпакета возвращается Агенту за вычетом фактически расходов, понесенных Принципалом и иными непосредственными исполнителями </w:t>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>случае</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve">, если в визе отказано одному (нескольким) из туристов Агента, указанных в заявке на бронирование, а остальным туристам виза открыта, обязательства считаются прекращенными в части предоставления услуг туристам, которым в визе отказано. Туристы, которым виза открыта, могут совершить путешествие, при этом стоимость тура может быть изменена (увеличена) в связи с изменением типа размещения и других составляющих тура (двухместное размещение меняется </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>на</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> одноместное и т.д.). Если Агент, туристам которого виза открыта, отказывается воспользоваться приобретенным туром, то обязательства по предоставлению тура прекращаются, а оплаченная стоимость турпакета возвращается Агенту за вычетом фактически расходов, понесенных Принципалом и иными непосредственными исполнителями </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t>туруслуг</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t xml:space="preserve"> по организации данного тура.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A30807" w:rsidRPr="00C863CA" w:rsidRDefault="00A30807" w:rsidP="00E83EFC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
@@ -2566,83 +3176,107 @@
           <w:b/>
         </w:rPr>
         <w:t>, билетов на железнодорожный и водный транспорт</w:t>
       </w:r>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00035AA1" w:rsidRPr="00C863CA" w:rsidRDefault="00A30807" w:rsidP="001F5D79">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
-        <w:t>В случ</w:t>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>случ</w:t>
       </w:r>
       <w:r w:rsidR="00E83EFC" w:rsidRPr="00C863CA">
-        <w:t xml:space="preserve">ае бронирования Агентом только </w:t>
+        <w:t>ае</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E83EFC" w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> бронирования Агентом только </w:t>
       </w:r>
       <w:r w:rsidRPr="00C863CA">
         <w:t xml:space="preserve">применяются правила бронирования (подача заявки, аннуляция заявки, сведения по заявке и т.п.), установленные настоящим договором </w:t>
       </w:r>
       <w:r w:rsidR="00035AA1" w:rsidRPr="00C863CA">
-        <w:t>в отношении турпродуктов с учетом особенностей, предусмотренных настоящим пунктом.</w:t>
+        <w:t xml:space="preserve">в отношении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00035AA1" w:rsidRPr="00C863CA">
+        <w:t>турпродуктов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00035AA1" w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> с учетом особенностей, предусмотренных настоящим пунктом.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A30807" w:rsidRPr="00C863CA" w:rsidRDefault="00A30807" w:rsidP="001F5D79">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:t>Оплата должна быть произведена Агентом в течение суток после подтверждения заявки Принципалом. Принципал действует от имени и по поручению Агента при взаимодействии с перевозчиком. Авиабилет</w:t>
       </w:r>
       <w:r w:rsidR="00E83EFC" w:rsidRPr="00C863CA">
         <w:t>, билет на железнодорожный и водный транспорт являют</w:t>
       </w:r>
       <w:r w:rsidRPr="00C863CA">
-        <w:t>ся достаточным доказательством заключения самостоятельного договора пассажира и перевозчика. Авиабилет выдается в электронном виде и именуется маршрутной квитанцией электронного билета.</w:t>
+        <w:t xml:space="preserve">ся достаточным доказательством заключения самостоятельного договора пассажира и перевозчика. Авиабилет </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>выдается в электронном виде и именуется</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> маршрутной квитанцией электронного билета.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00035AA1" w:rsidRPr="00C863CA" w:rsidRDefault="00035AA1" w:rsidP="001F5D79">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:t>При бронировании, оплате и аннуляции заявок на регулярные рейсы авиакомпаний (как при бронировании отдельно авиабилетов, так и авиабилетов в туре) Агент обязан дополнительно уведомить туриста (заказчика) о том, что применяются правила бронирования, оплаты и аннуляции авиабилетов, установленные авиакомпаниями.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A30807" w:rsidRPr="00C863CA" w:rsidRDefault="00A30807" w:rsidP="00476D57">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
@@ -2731,60 +3365,77 @@
         <w:t>Если иное не указано в листе бронирования, билеты считаются приобретенными по минимальному тарифу, который является невозвратным.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000A0271" w:rsidRPr="00B070A8" w:rsidRDefault="000A0271" w:rsidP="000A0271">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="a8"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B070A8">
         <w:rPr>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>В стоимость билетов на железнодорожный транспорт</w:t>
+        <w:t>В стоимость билетов на железнодорожный транспо</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B070A8">
+        <w:rPr>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>рт</w:t>
       </w:r>
       <w:r w:rsidRPr="00B070A8">
         <w:rPr>
           <w:rStyle w:val="a8"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> включается сервисный сбор Принципала в размере </w:t>
+        <w:t xml:space="preserve"> вкл</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B070A8">
+        <w:rPr>
+          <w:rStyle w:val="a8"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ючается сервисный сбор Принципала в размере </w:t>
       </w:r>
       <w:r w:rsidR="00BC5988" w:rsidRPr="00B070A8">
         <w:rPr>
           <w:rStyle w:val="a8"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00B070A8">
         <w:rPr>
           <w:rStyle w:val="a8"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>50 рублей.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00476D57" w:rsidRPr="00C863CA" w:rsidRDefault="00476D57" w:rsidP="000A0271">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
@@ -2812,398 +3463,538 @@
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>зрешение разногласий</w:t>
       </w:r>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:rStyle w:val="a8"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> по качеству туристского продукта.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00476D57" w:rsidRPr="00C863CA" w:rsidRDefault="00476D57" w:rsidP="00476D57">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>В случае возникновения претензий по качеству туристского продукта Агент в течение 20 дней с момента окончания поездки вправе обратиться к Принципалу самостоятельно либо с претензий туриста, составив сопроводительное письмо-претензию и приложив все документальные доказательства, подтверждающие обстоятельства, указанные в претензии и фактические расходы.</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00476D57" w:rsidRPr="00C863CA" w:rsidRDefault="00476D57" w:rsidP="00476D57">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Принципал обязан рассмотреть претензию Агента в течение 10 дней с момента ее поступления в адрес Принципала, в случае, если Принципалу требуется более длительный срок для уточнения обстоятельств, изложенных в претензии, то ответ может быть направлен по уточнению всех обстоятельств по претензии.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00476D57" w:rsidRPr="00C863CA" w:rsidRDefault="00476D57" w:rsidP="00476D57">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
-        <w:t>В случае получения от туриста претензии, адресованной Принципалу, Агент обязан незамедлительно направить полученную претензию Принципалу.</w:t>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>случае</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> получения от туриста претензии, адресованной Принципалу, Агент обязан незамедлительно направить полученную претензию Принципалу.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00476D57" w:rsidRPr="00C863CA" w:rsidRDefault="00476D57" w:rsidP="00476D57">
       <w:pPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00035AA1" w:rsidRPr="00C863CA" w:rsidRDefault="00035AA1" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="160"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>РЕЕСТР ТУРАГЕНТОВ. ЭЛЕКТРОННАЯ ПУТЕВКА</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00035AA1" w:rsidRPr="00C863CA" w:rsidRDefault="00035AA1" w:rsidP="001F5D79">
+    <w:p w:rsidR="00035AA1" w:rsidRPr="00ED44B1" w:rsidRDefault="00035AA1" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="160"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:t xml:space="preserve">Принципал вносит сведения об Агенте в Единый федеральный реестр </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t>турагентов</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00DC19DB" w:rsidRPr="00C863CA">
         <w:t xml:space="preserve"> (далее - РТА)</w:t>
       </w:r>
       <w:r w:rsidRPr="00C863CA">
-        <w:t xml:space="preserve"> в порядке, установленном ст. 4.3 Закона </w:t>
-[...18 lines deleted...]
-    <w:p w:rsidR="00035AA1" w:rsidRPr="00C863CA" w:rsidRDefault="00DC19DB" w:rsidP="001F5D79">
+        <w:t xml:space="preserve"> в порядке, установленном ст. 4.3 Закон</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED44B1">
+        <w:t>а о турист</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED44B1" w:rsidRPr="00ED44B1">
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED44B1">
+        <w:t>кой деятельности, Приказом Ростуризма от 11.10.2021 N 460-Пр-21.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00035AA1" w:rsidRPr="00ED44B1" w:rsidRDefault="00DC19DB" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="160"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C863CA">
-        <w:t xml:space="preserve">Агент, перед заключением договора с туристом обязан самостоятельно удостовериться о факте внесение сведений в РТА. В </w:t>
+      <w:r w:rsidRPr="00ED44B1">
+        <w:t xml:space="preserve">Агент, перед заключением договора с туристом обязан самостоятельно удостовериться о факте внесение сведений </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C863CA">
+      <w:r w:rsidRPr="00ED44B1">
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00ED44B1">
+        <w:t xml:space="preserve"> РТА. В </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00ED44B1">
         <w:t>случае</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C863CA">
-[...2 lines deleted...]
-      <w:r w:rsidR="00164820" w:rsidRPr="00C863CA">
+      <w:r w:rsidRPr="00ED44B1">
+        <w:t>, если по истечении срока, установленного ст. 4.3 Закона о турист</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED44B1" w:rsidRPr="00ED44B1">
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED44B1">
+        <w:t xml:space="preserve">кой деятельности Принципал не внесет необходимые сведения в РТА, Агент направляет соответствующее требование Принципалу. </w:t>
+      </w:r>
+      <w:r w:rsidR="00164820" w:rsidRPr="00ED44B1">
         <w:t>Требование подлежит исполнению не позднее 3 рабочих дней с момента получения.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0007097F" w:rsidRPr="00C863CA" w:rsidRDefault="00DC19DB" w:rsidP="001F5D79">
+    <w:p w:rsidR="0007097F" w:rsidRPr="00ED44B1" w:rsidRDefault="00DC19DB" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="160"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C863CA">
+      <w:r w:rsidRPr="00ED44B1">
         <w:t xml:space="preserve">Принципал размещает Электронную путевку в единой информационной системе </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C863CA">
+      <w:r w:rsidRPr="00ED44B1">
         <w:t>электронных</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C863CA">
-        <w:t xml:space="preserve"> путевок в порядке, предусмотренном ст. 10.4 Закона о туристкой деятельности. </w:t>
+      <w:r w:rsidRPr="00ED44B1">
+        <w:t xml:space="preserve"> путевок в порядке, предусмотренном ст. 10.4 Закона о турист</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED44B1" w:rsidRPr="00ED44B1">
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED44B1">
+        <w:t xml:space="preserve">кой деятельности. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DC19DB" w:rsidRPr="00C863CA" w:rsidRDefault="00DC19DB" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="160"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C863CA">
-        <w:t xml:space="preserve">Агент обязан добросовестно передавать Принципалу всю необходимую информацию для формирования Электронной путевки. Принципал вправе потребовать от Агента передачи всего объема информации, предусмотренного </w:t>
+      <w:r w:rsidRPr="00ED44B1">
+        <w:t>Агент обязан добросовестно передавать Принципалу всю необходимую и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve">нформацию для формирования Электронной путевки. Принципал вправе потребовать от Агента передачи всего объема информации, предусмотренного </w:t>
       </w:r>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>правилами функционирования единой информационной системы электронных путевок, утверждаемыми Правительством Российской Федерации.</w:t>
+        <w:t xml:space="preserve">правилами функционирования единой информационной системы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>электронных</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> путевок, утверждаемыми Правительством Российской Федерации.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DC19DB" w:rsidRPr="00C863CA" w:rsidRDefault="0007097F" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="160"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Принципал вправе конкретизировать порядок передачи </w:t>
       </w:r>
       <w:r w:rsidR="00CE09F5" w:rsidRPr="00C863CA">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>указанных в настоящем разделе сведений</w:t>
       </w:r>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Принципалу (разработать механизм передачи, а также необходимые программные средства). Указанный порядок будет являться обязательным к исполнению.</w:t>
+        <w:t xml:space="preserve"> Принципалу (разработать механизм передачи, а также необходимые программные средства). Указанный порядок будет являться </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>обязательным к исполнению</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0007097F" w:rsidRPr="00C863CA" w:rsidRDefault="0007097F" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:after="160"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A31CB8" w:rsidRPr="00C863CA" w:rsidRDefault="00035AA1" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="160"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ЗАВЕРЕНИЯ ОБ ОБСТОЯТЕЛЬСТВАХ</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0007097F" w:rsidRPr="00C863CA" w:rsidRDefault="0007097F" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="160"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
-        <w:t>В соответствии со ст. 431.2 Гражданского кодекса РФ Стороны заверяют друг друга о следующих обстоятельствах:</w:t>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>соответствии</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> со ст. 431.2 Гражданского кодекса РФ Стороны заверяют друг друга о следующих обстоятельствах:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0007097F" w:rsidRPr="00C863CA" w:rsidRDefault="0007097F" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="160"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
-        <w:t>На момент заключения настоящего Договора Стороны обладают всем необходимым объемом прав для осуществления туроператорской и турагентской деятельности в соответствии с действующим законодательством.</w:t>
+        <w:t xml:space="preserve">На момент заключения настоящего Договора Стороны обладают всем необходимым объемом прав для осуществления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>туроператорской</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>турагентской</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> деятельности в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0007097F" w:rsidRPr="00C863CA" w:rsidRDefault="0007097F" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="160"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t xml:space="preserve">Стороны осуществляют обработку персональных данных туристов (заказчиков) в соответствии Федеральным законом «О персональных данных» и включены реестр операторов, осуществляющих обработку персональных данных, формуемым </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t>Роскомнадзором</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t>.</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00264A06" w:rsidRPr="00C863CA" w:rsidRDefault="001E26A4" w:rsidP="00264A06">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="160"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:t>Ответственность Принципала (в случаях, когда Принципал является туроператором) застрахована в установленном законом порядке.</w:t>
       </w:r>
       <w:r w:rsidR="00264A06" w:rsidRPr="00C863CA">
-        <w:t xml:space="preserve"> Всё, что не урегулировано настоящим договором и касается вопроса финансового обеспечения Принципала или иного туроператора регулируется правилами и договором страхования. Правила страхования и порядок предъявления требований (заявления) к страховой компании и (или) к туроператору через Агента, а также порядок определения случая страховым изложен на сайте www.moretravel.ru. Подписывая настоящий договор, Агент подтверждает, что о правилах страхования он информирован и с ними ознакомлен.</w:t>
+        <w:t xml:space="preserve"> Всё, что не урегулировано настоящим договором и касается вопроса финансового обеспечения Принципала или иного туроператора регулируется правилами и договором страхования. Правила страхования и порядок предъявления требований (заявления) к страховой компании и (или) к туроператору через Агента, а также порядок определения случая </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00264A06" w:rsidRPr="00C863CA">
+        <w:t>страховым</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00264A06" w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> изложен на сайте </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00264A06" w:rsidRPr="00C863CA">
+        <w:t>www.moretravel.ru</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00264A06" w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve">. Подписывая настоящий договор, Агент подтверждает, что о правилах страхования он </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00264A06" w:rsidRPr="00C863CA">
+        <w:t>информирован и с ними ознакомлен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00264A06" w:rsidRPr="00C863CA">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001E26A4" w:rsidRPr="00C863CA" w:rsidRDefault="00264A06" w:rsidP="00264A06">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="160"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
-        <w:t>Агент обязан ознакомиться с информацией о финансовой гарантии туроператора, ее изменениях и продлении, опубликованной на сайте www.moretravel.ru и на сайте www.russiatourism.ru.</w:t>
+        <w:t xml:space="preserve">Агент обязан ознакомиться с информацией о финансовой гарантии туроператора, ее изменениях и продлении, опубликованной на сайте </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>www.moretravel.ru</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> и на сайте </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>www.russiatourism.ru</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001E26A4" w:rsidRPr="00C863CA" w:rsidRDefault="001E26A4" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="160"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
-        <w:t>В случае изменения обстоятельств, касающихся вышеуказанных заверений Стороны обязаны незамедлительно уведомлять друг друга. Сторона, которая при заключении договора либо до или после его заключения дала другой стороне недостоверные заверения об обстоятельствах, имеющих значение для заключения договора, его исполнения или прекращения (в том числе относящихся к предмету договора, полномочиям на его заключение, соответствию договора применимому к нему праву, наличию необходимых лицензий и разрешений, своему финансовому состоянию либо относящихся к третьему лицу), обязана возместить другой стороне по ее требованию убытки, причиненные недостоверностью таких заверений, или уплатить предусмотренную договором неустойку.</w:t>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>случае</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> изменения обстоятельств, касающихся вышеуказанных заверений Стороны обязаны незамедлительно уведомлять друг друга. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>Сторона, которая при заключении договора либо до или после его заключения дала другой стороне недостоверные заверения об обстоятельствах, имеющих значение для заключения договора, его исполнения или прекращения (в том числе относящихся к предмету договора, полномочиям на его заключение, соответствию договора применимому к нему праву, наличию необходимых лицензий и разрешений, своему финансовому состоянию либо относящихся к третьему лицу), обязана возместить другой</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> стороне по ее требованию убытки, причиненные недостоверностью таких заверений, или уплатить предусмотренную договором неустойку.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001E26A4" w:rsidRPr="00C863CA" w:rsidRDefault="001E26A4" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ОТВЕТСТВЕННОСТЬ СТОРОН</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001E26A4" w:rsidRPr="00C863CA" w:rsidRDefault="001E26A4" w:rsidP="00623460">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
@@ -3220,145 +4011,179 @@
     <w:p w:rsidR="001E26A4" w:rsidRPr="00C863CA" w:rsidRDefault="001E26A4" w:rsidP="00623460">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:t>Взыскание неустоек и процентов не освобождает сторону, нарушившую договор, от исполнения обязательства по договору.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00510F12" w:rsidRPr="00C863CA" w:rsidRDefault="00510F12" w:rsidP="00623460">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
-        <w:t xml:space="preserve">В соответствии с абз.7, ч.7, ст.9, ч.4. ст. 10.1. ФЗ «Об основах туристской деятельности в Российской Федерации» при возникновении претензий заказчика, туристов к качеству </w:t>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>соответствии</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> с абз.7, ч.7, ст.9, ч.4. ст. 10.1. ФЗ «Об основах туристской деятельности в Российской Федерации» при возникновении претензий заказчика, туристов к качеству </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t>турпродукта</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t>туруслуг</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00C863CA">
         <w:lastRenderedPageBreak/>
         <w:t>вызванных данными причинами, Агент несет самостоятельную ответственность перед заказчиком, туристом за неисполнение или ненадлежащее исполнение своих обязанностей, предусмотренных договором о реализации туристского продукта.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CE09F5" w:rsidRPr="00C863CA" w:rsidRDefault="00CE09F5" w:rsidP="001F5D79">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
-        <w:t>В случае ненадлежащего исполнения п. 2.1.1 настоящего договора Агент считается действующим за пределами предоставленных ему настоящим договором полномочий и выступающим в отношениях с заказчиком от своего имени и за свой счет. В случае, если вследствие вышеуказанного нарушения Принципалом будут понесены убытки (в том числе, если стоимость туристского продукта будет взыскана с Принципала, в адрес Принципала последуют какие-либо претензии о выплате денежных средств и т.д.) Агент обязан компенсировать их в течение 10 дней со дня получения мотивированного требования Принципала, содержащего подтверждение возникновение убытков.</w:t>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>случае</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> ненадлежащего исполнения п. 2.1.1 настоящего договора Агент считается действующим за пределами предоставленных ему настоящим договором полномочий и выступающим в отношениях с заказчиком от своего имени и за свой счет. В </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>случае</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>, если вследствие вышеуказанного нарушения Принципалом будут понесены убытки (в том числе, если стоимость туристского продукта будет взыскана с Принципала, в адрес Принципала последуют какие-либо претензии о выплате денежных средств и т.д.) Агент обязан компенсировать их в течение 10 дней со дня получения мотивированного требования Принципала, содержащего подтверждение возникновение убытков.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CE09F5" w:rsidRPr="00C863CA" w:rsidRDefault="00153232" w:rsidP="001F5D79">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t xml:space="preserve">В случае привлечения Принципала к административной и иной ответственности за нарушение законодательства, </w:t>
       </w:r>
       <w:r w:rsidR="004C0D2D" w:rsidRPr="00C863CA">
         <w:t>касающееся ведения</w:t>
       </w:r>
       <w:r w:rsidRPr="00C863CA">
         <w:t xml:space="preserve"> реестра </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t>турагентов</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t xml:space="preserve">, внесения сведений в </w:t>
       </w:r>
       <w:r w:rsidR="00C422B7" w:rsidRPr="00C863CA">
         <w:t>един</w:t>
       </w:r>
       <w:r w:rsidR="00164820" w:rsidRPr="00C863CA">
         <w:t>ую информационную систему</w:t>
       </w:r>
       <w:r w:rsidR="00C422B7" w:rsidRPr="00C863CA">
         <w:t xml:space="preserve"> электронных путевок</w:t>
       </w:r>
       <w:r w:rsidR="004C0D2D" w:rsidRPr="00C863CA">
         <w:t>, вследствие непредставления (предоставление неверной) Агентом информации, необходимой для соблюдения Принципалом указанных требований, Агент в течение 10 дней обязан компенсировать Принципалу денежные средства в размере штрафа, взысканного с Принципала.</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="004C0D2D" w:rsidRPr="00C863CA" w:rsidRDefault="004C0D2D" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
-        <w:t xml:space="preserve">В случае неоплаты, неполной оплаты Агентом счета в срок, установленный настоящим договором, Принципал имеет право аннулировать Заявку и потребовать уплаты пени в размере 0,1% от суммы неполной или несвоевременной оплаты за каждый день просрочки. </w:t>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>случае</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> неоплаты, неполной оплаты Агентом счета в срок, установленный настоящим договором, Принципал имеет право аннулировать Заявку и потребовать уплаты пени в размере 0,1% от суммы неполной или несвоевременной оплаты за каждый день просрочки. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004C0D2D" w:rsidRPr="00C863CA" w:rsidRDefault="004C0D2D" w:rsidP="001F5D79">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:t xml:space="preserve">Принципал вправе отказать или приостановить оказание забронированных услуг Агенту (его туристам) в связи с </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t>непоступлением</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t>/несвоевременным посту</w:t>
@@ -3368,50 +4193,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="004C0D2D" w:rsidRPr="00C863CA" w:rsidRDefault="004C0D2D" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:t>Принципал не несет ответственность:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00510F12" w:rsidRPr="00C863CA" w:rsidRDefault="00510F12" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t>за</w:t>
       </w:r>
       <w:r w:rsidR="004C0D2D" w:rsidRPr="00C863CA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C863CA">
         <w:t>непредставление</w:t>
       </w:r>
       <w:r w:rsidR="004C0D2D" w:rsidRPr="00C863CA">
         <w:t xml:space="preserve"> Агентом туристам (заказчику) надлежащей информации по </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004C0D2D" w:rsidRPr="00C863CA">
         <w:t>турпродукту</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="004C0D2D" w:rsidRPr="00C863CA">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004C0D2D" w:rsidRPr="00C863CA">
         <w:t>туруслугам</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -3426,66 +4252,75 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004C0D2D" w:rsidRPr="00C863CA">
         <w:t>турпродукта</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="004C0D2D" w:rsidRPr="00C863CA">
         <w:t xml:space="preserve">) информации, в т.ч. информации по </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004C0D2D" w:rsidRPr="00C863CA">
         <w:t>турпродукту</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="004C0D2D" w:rsidRPr="00C863CA">
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004C0D2D" w:rsidRPr="00C863CA">
         <w:t>туруслугам</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="004C0D2D" w:rsidRPr="00C863CA">
         <w:t>, необходимой для надлежащего и благополучного совершения путешествия.</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="004C0D2D" w:rsidRPr="00C863CA" w:rsidRDefault="00510F12" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:t xml:space="preserve">за несвоевременно перечисление Агентом </w:t>
       </w:r>
       <w:r w:rsidR="004C0D2D" w:rsidRPr="00C863CA">
-        <w:t>в полном объеме (за вычетом агентского вознаграждения) денежных средств, полученных от туристов (заказчиков турпродукта) в оплату забронированного и подтвержденного При</w:t>
+        <w:t xml:space="preserve">в полном объеме (за вычетом агентского вознаграждения) денежных средств, полученных от туристов (заказчиков </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004C0D2D" w:rsidRPr="00C863CA">
+        <w:t>турпродукта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004C0D2D" w:rsidRPr="00C863CA">
+        <w:t>) в оплату забронированного и подтвержденного При</w:t>
       </w:r>
       <w:r w:rsidRPr="00C863CA">
         <w:t xml:space="preserve">нципалом </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t>турпродукта</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t>туруслуг</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t>);</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00510F12" w:rsidRPr="00C863CA" w:rsidRDefault="00510F12" w:rsidP="001F5D79">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
@@ -3494,96 +4329,118 @@
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:t>за действия (бездействия) и решения страховщиков;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00510F12" w:rsidRPr="00C863CA" w:rsidRDefault="00510F12" w:rsidP="001F5D79">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
-        <w:t xml:space="preserve">за действия перевозчиков, в т.ч. за отмену, изменение времени отправления и пункта назначения авиарейсов, поездов и связанные с этим изменения в программе, маршруте тура, его продолжительности, за сохранность личного имущества, багажа и груза туристов. </w:t>
+        <w:t xml:space="preserve">за действия перевозчиков, в т.ч. за отмену, изменение времени отправления и пункта назначения авиарейсов, поездов и связанные с этим изменения в программе, маршруте тура, его продолжительности, за сохранность личного имущества, багажа и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>груза туристов</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00510F12" w:rsidRPr="00C863CA" w:rsidRDefault="00510F12" w:rsidP="001F5D79">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
-        <w:t>за действия(бездействия) и решения консульских (посольских) служб, таможенных органов, паспортных служб, иммиграционных властей, иных органов государственной власти и управления (в том числе за решения о введении различных режимов ограничения передвижения в пределах территории Российской Федерации и за ее пределами).</w:t>
+        <w:t>за действи</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>я(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>бездействия) и решения консульских (посольских) служб, таможенных органов, паспортных служб, иммиграционных властей, иных органов государственной власти и управления (в том числе за решения о введении различных режимов ограничения передвижения в пределах территории Российской Федерации и за ее пределами).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00510F12" w:rsidRPr="00C863CA" w:rsidRDefault="00510F12" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:t>в случаях изменения программы отдыха (Круиза) либо его отмены по причинам, находящимся вне сферы влияния Принципала;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00510F12" w:rsidRPr="00C863CA" w:rsidRDefault="00510F12" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
-        <w:t>за решения органов государственной власти, правоохранительных органов, ответственных лиц в  местах размещения, при ави</w:t>
+        <w:t xml:space="preserve">за решения органов государственной власти, правоохранительных органов, ответственных лиц </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD2035">
+        <w:t>в  местах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> размещения, при ави</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t>а-</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t xml:space="preserve"> и ж/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t>д</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t xml:space="preserve">- перевозках и </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t>т.п</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t>, в случае, если туристу было отказано в возможности дальнейшего нахождения на отдыхе по следующим причинам:</w:t>
       </w:r>
@@ -3652,52 +4509,57 @@
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Форс-мажор.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005C7C8B" w:rsidRPr="00C863CA" w:rsidRDefault="005C7C8B" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="-142" w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C863CA">
-        <w:t xml:space="preserve">Стороны освобождаются от ответственности, если надлежащее исполнение оказалось невозможным вследствие действия непреодолимой силы, т.е. чрезвычайных и непредотвратимых при данных условиях обстоятельств, препятствующих осуществлению тура, предоставлению услуг и исполнению обязательств: землетрясений, наводнений, пожаров, метеоусловий и других стихийных явлений, а также обстоятельств общественной жизни: военных действий, эпидемии, пандемии, забастовок, военных действий и массовых беспорядков, запретительных актов, решений официальных власти и управления РФ и иностранных государств, изменений в иммиграционной политике, террористических актов, а также возникновения других неблагоприятных для сторон последствий, наступивших не по вине сторон, например таких как, аварии, технические поломки и механические повреждения самолетов и иных транспортных средств, закрытие аэропортов и т.д. и т.п. </w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>Стороны освобождаются от ответственности, если надлежащее исполнение оказалось невозможным вследствие действия непреодолимой силы, т.е. чрезвычайных и непредотвратимых при данных условиях обстоятельств, препятствующих осуществлению тура, предоставлению услуг и исполнению обязательств: землетрясений, наводнений, пожаров, метеоусловий и других стихийных явлений, а также обстоятельств общественной жизни: военных действий, эпидемии, пандемии, забастовок, военных действий и массовых беспорядков, запретительных актов, решений официальных власти и управления</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> РФ и иностранных государств, изменений в иммиграционной политике, террористических актов, а также возникновения других неблагоприятных для сторон последствий, наступивших не по вине сторон, например таких как, аварии, технические поломки и механические повреждения самолетов и иных транспортных средств, закрытие аэропортов и т.д. и т.п. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005C7C8B" w:rsidRPr="00C863CA" w:rsidRDefault="005C7C8B" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="-142" w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:t>Наступление таких обстоятельств является основание для расторжения настоящего договора с возмещением сторонам фактически понесённых расходов.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005C7C8B" w:rsidRPr="00C863CA" w:rsidRDefault="005C7C8B" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="-142" w:firstLine="709"/>
         <w:jc w:val="both"/>
@@ -3710,51 +4572,59 @@
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:lastRenderedPageBreak/>
         <w:t>Все споры и разногласия, которые могут возникнуть при заключении, исполнении или расторжении настоящего договора, разрешаются сторонами путем предъявления письменных претензий, срок для рассмотрения которых устанавливается в 20 рабочих дней с момента получения претензии.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005C7C8B" w:rsidRPr="00C863CA" w:rsidRDefault="005C7C8B" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
-        <w:t>В случае если стороны не достигнут соглашения, то спор подлежит рассмотрению Арбитражным судом Свердловской области Российской Федерации.</w:t>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>случае</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> если стороны не достигнут соглашения, то спор подлежит рассмотрению Арбитражным судом Свердловской области Российской Федерации.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00510F12" w:rsidRPr="00C863CA" w:rsidRDefault="00510F12" w:rsidP="001F5D79">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="001E26A4" w:rsidRPr="00C863CA" w:rsidRDefault="005C7C8B" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">ОСОБЫЕ УСЛОВИЯ, </w:t>
       </w:r>
@@ -3800,354 +4670,544 @@
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:t>Акцепт осуществляется путем направления Агентом Принципалу Уведомления (Приложение № 2 к настоящему Договору). Уведомление направляется Принципалу в следующем порядке:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005C7C8B" w:rsidRPr="00C863CA" w:rsidRDefault="005C7C8B" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:t>Агент направляет скан-копию Уведомления путем размещения в Личном кабинете на сайте Принципала при регистрации</w:t>
       </w:r>
       <w:r w:rsidR="006C17C6" w:rsidRPr="00C863CA">
-        <w:t xml:space="preserve">. После направления скан-копии Агенту открывается доступ к бронированию через личный кабинет. </w:t>
+        <w:t xml:space="preserve">. После направления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="006C17C6" w:rsidRPr="00C863CA">
+        <w:t>скан-копии</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="006C17C6" w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> Агенту открывается доступ к бронированию через личный кабинет. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006C17C6" w:rsidRPr="00C863CA" w:rsidRDefault="006C17C6" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
-        <w:t>Агент направляет оригинал Уведомления в офис Принципала в течение 7 дней с момента направления скан-копии.</w:t>
+        <w:t xml:space="preserve">Агент направляет оригинал Уведомления в офис Принципала в течение 7 дней с момента направления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>скан-копии</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00B33BCD" w:rsidRPr="00C863CA">
         <w:t xml:space="preserve"> Оригинал может быть направлен либо почтой, либо при личной явке представителя Агента в офисы Принципала.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006C17C6" w:rsidRPr="00C863CA" w:rsidRDefault="006C17C6" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
-        <w:t>В случае, если Принципалом будет установлена недостоверность представленного Уведомления (отсутствует печать и подпись, размещен иной документ и т.д.) доступ к Личному кабинету закрывает до получения оригинала Уведомления.</w:t>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>случае</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>, если Принципалом будет установлена недостоверность представленного Уведомления (отсутствует печать и подпись, размещен иной документ и т.д.) доступ к Личному кабинету закрывает до получения оригинала Уведомления.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006C17C6" w:rsidRPr="00C863CA" w:rsidRDefault="006C17C6" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
-        <w:t xml:space="preserve">Договор считается заключенным с момента направления скан-копии в случае получения Принципалом оригинала Уведомления. </w:t>
+        <w:t xml:space="preserve">Договор считается заключенным с момента направления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>скан-копии</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> в случае получения Принципалом оригинала Уведомления. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006C17C6" w:rsidRPr="00C863CA" w:rsidRDefault="006C17C6" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:t xml:space="preserve">В случае, если в течение </w:t>
       </w:r>
       <w:r w:rsidR="00B33BCD" w:rsidRPr="00C863CA">
         <w:t>30</w:t>
       </w:r>
       <w:r w:rsidRPr="00C863CA">
-        <w:t xml:space="preserve"> календарных дня в адрес Принципала не поступил оригинал Уведомления, Договор не считается заключенным. </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>календарных</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> дня в адрес Принципала не поступил оригинал Уведомления, Договор не считается заключенным. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006C17C6" w:rsidRPr="00C863CA" w:rsidRDefault="006C17C6" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
-        <w:t>В случае, если в указанный период Агентом были забронированы туристские продукты, Принципал вправе:</w:t>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>случае</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>, если в указанный период Агентом были забронированы туристские продукты, Принципал вправе:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005C7C8B" w:rsidRPr="00C863CA" w:rsidRDefault="006C17C6" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
-        <w:t>в случае, если туристский продукт не был оплачен, аннулировать заявку;</w:t>
+        <w:t>в случае</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> если туристский продукт не был оплачен, аннулировать заявку;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006C17C6" w:rsidRPr="00C863CA" w:rsidRDefault="006C17C6" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
-        <w:t>в случае, если по заявке поступила оплата, оказать услуги по заявке. Отношения сторон регулируются настоящим Договором.</w:t>
+        <w:t>в случае</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> если по заявке поступила оплата, оказать услуги по заявке. Отношения сторон регулируются настоящим Договором.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00946C23" w:rsidRPr="00C863CA" w:rsidRDefault="006C17C6" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
-        <w:t xml:space="preserve">Информация об Агенте вносится в РТА на основании скан-копии. При не поступлении оригинала информация об Агенте удаляется из РТА. </w:t>
+        <w:t xml:space="preserve">Информация об Агенте вносится </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> РТА на основании </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>скан-копии</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve">. При не поступлении оригинала информация об Агенте удаляется из РТА. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A61855" w:rsidRPr="000530C2" w:rsidRDefault="00A61855" w:rsidP="00A61855">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000530C2">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Настоящий договор распространяется своё действие на отношения сторон, возникшие с даты его акцепта, и действует по 31.01.2027 включительно.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006C17C6" w:rsidRPr="00C863CA" w:rsidRDefault="006C17C6" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="00C863CA">
-[...12 lines deleted...]
-      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C863CA">
         <w:t>В том случае, если не менее чем за десять дней до окончания срока действия настоящего договора ни одна из сторон не направит другой стороне уведомление о его прекращении, либо Принципал в одностороннем порядке не уведомит о досрочном перезаключении данного договора на новых условиях, в том числе путем публикации информации на сайте Принципала, настоящий договор считается продленным на один год</w:t>
       </w:r>
       <w:r w:rsidR="001F5D79" w:rsidRPr="00C863CA">
         <w:t>.</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="000A0271" w:rsidRPr="00C863CA">
         <w:t xml:space="preserve"> Количество таких пролонгаций не ограничено.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00264A06" w:rsidRPr="00C863CA" w:rsidRDefault="00BA3854" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:t>Изменения</w:t>
       </w:r>
       <w:r w:rsidR="00264A06" w:rsidRPr="00C863CA">
         <w:t xml:space="preserve"> в Договор вносятся Принципалом в одностороннем порядке путем направления Агенту уведомления в личном кабинете (либо иным способом). Изменения вступают в силу с момента получения Агентом уведомления либо в дату, указанную в самом уведомлении.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F5D79" w:rsidRPr="00C863CA" w:rsidRDefault="001F5D79" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
-        <w:t>В случае несогласия с внесенными изменен</w:t>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>случае</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> несогласия с внесенными изменен</w:t>
       </w:r>
       <w:r w:rsidR="00264A06" w:rsidRPr="00C863CA">
         <w:t>иями Агент в течение 10 дней со дня получения уведомления</w:t>
       </w:r>
       <w:r w:rsidR="00AA4A68" w:rsidRPr="00C863CA">
         <w:t xml:space="preserve"> обязан</w:t>
       </w:r>
       <w:r w:rsidRPr="00C863CA">
         <w:t xml:space="preserve"> направить в адрес Принципала уведомление о расторжении договора.</w:t>
       </w:r>
       <w:r w:rsidR="00264A06" w:rsidRPr="00C863CA">
-        <w:t xml:space="preserve"> В случае, если в указанный срок уведомления не пос</w:t>
+        <w:t xml:space="preserve"> В </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00264A06" w:rsidRPr="00C863CA">
+        <w:t>случае</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00264A06" w:rsidRPr="00C863CA">
+        <w:t>, если в указанный срок уведомления не пос</w:t>
       </w:r>
       <w:r w:rsidR="00DD5A14" w:rsidRPr="00C863CA">
         <w:t>ту</w:t>
       </w:r>
       <w:r w:rsidR="00264A06" w:rsidRPr="00C863CA">
         <w:t>пит, изменения считают принятыми Агентом.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AA4A68" w:rsidRPr="00C863CA" w:rsidRDefault="00AA4A68" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
-        <w:t>Стороны вправе отказаться от исполнения Договора в одностороннем порядке, уведомив другую сторону не позднее чем за 10 дней до прекращения действия Договора. В таком случае обязательства между сторонами, возникшие до отказа от Договора сохраняются на прежних условиях до их фактического исполнения.</w:t>
+        <w:t xml:space="preserve">Стороны вправе отказаться от исполнения Договора в одностороннем порядке, уведомив другую сторону не </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>позднее</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> чем за 10 дней до прекращения действия Договора. В </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>таком</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> случае обязательства между сторонами, возникшие до отказа от Договора сохраняются на прежних условиях до их фактического исполнения.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F5D79" w:rsidRPr="00C863CA" w:rsidRDefault="001F5D79" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
-        <w:t>Настоящий договор размещается на сайте Принципала и доступен для ознакомления в актуальной редакции.</w:t>
+        <w:t xml:space="preserve">Настоящий договор </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>размещается на сайте Принципала и доступен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> для ознакомления в актуальной редакции.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F5D79" w:rsidRPr="00C863CA" w:rsidRDefault="001F5D79" w:rsidP="003D561B">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
-        <w:t>Обязанность Принципала по предоставлению обязательной информации, предусмотренной настоящим договором, считается исполненной в том числе в момент размещения указанной информации на сайте Принципала в информационно-телекоммуникационной сети «Интернет» www.moretravel.ru. Обязанность Принципала по передаче документов, удостоверяющих право туриста на услуги, входящие в туристский продукт, считается исполненной в том числе в момент загрузки соответствующих документов в личный кабинет Агента в системе бронирования Принципала.</w:t>
+        <w:t xml:space="preserve">Обязанность Принципала по предоставлению обязательной информации, предусмотренной настоящим договором, считается </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>исполненной</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> в том числе в момент размещения указанной информации на сайте Принципала в информационно-телекоммуникационной сети «Интернет» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>www.moretravel.ru</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve">. Обязанность Принципала по передаче документов, удостоверяющих право туриста на услуги, входящие в туристский продукт, считается </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>исполненной</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> в том числе в момент загрузки соответствующих документов в личный кабинет Агента в системе бронирования Принципала.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F5D79" w:rsidRPr="00C863CA" w:rsidRDefault="001F5D79" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
-        <w:t xml:space="preserve">В случае существенного изменения обстоятельств, из которых стороны исходили при заключении договора, к отношениям сторон применяются положения ст. 10 ФЗ «Об основах туристской деятельности в РФ» и ст. 451 ГК РФ. При этом любая из сторон вправе согласиться с возникшими изменениями либо отказаться от продолжения договора в измененных условиях. Расторжение договора происходит по фактическим затратам сторон. В случае, если сторона (туристы) продолжит принимать исполнение договора от другой стороны, совершать действия, свидетельствующие о принятии исполнения, то </w:t>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>случае</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve"> существенного изменения обстоятельств, из которых стороны исходили при заключении договора, к отношениям сторон применяются положения ст. 10 ФЗ «Об основах туристской деятельности в РФ» и ст. 451 ГК РФ. При этом любая из сторон вправе согласиться с возникшими изменениями либо отказаться от продолжения договора в измененных условиях. Расторжение договора происходит по фактическим затратам сторон. В </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t>случае</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:t xml:space="preserve">, если сторона (туристы) продолжит принимать исполнение договора от другой стороны, совершать действия, свидетельствующие о принятии исполнения, то </w:t>
       </w:r>
       <w:r w:rsidRPr="00C863CA">
         <w:lastRenderedPageBreak/>
         <w:t>это будет расценено как ее согласие на продолжение договора в изменившихся обстоятельствах, что исключает дальнейшие претензии и ссылки на изменение договора.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F5D79" w:rsidRPr="00C863CA" w:rsidRDefault="001F5D79" w:rsidP="001F5D79">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:t xml:space="preserve">Стороны согласились признавать переписку с использованием электронной и факсимильной связи достаточной для исполнения обязательств по настоящему договору до момента получения оригиналов соответствующих документов, подписанных уполномоченными лицами и заверенных печатью. Все </w:t>
       </w:r>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>изменения</w:t>
       </w:r>
       <w:r w:rsidRPr="00C863CA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>реквизитов</w:t>
       </w:r>
       <w:r w:rsidRPr="00C863CA">
         <w:t xml:space="preserve">, за исключением изменения наименования компании Агента, </w:t>
       </w:r>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>Агент может вносить самостоятельно в системе онлайн-бронирования на сайте Принципала</w:t>
+        <w:t xml:space="preserve">Агент может вносить самостоятельно в системе </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>онлайн-бронирования</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на сайте Принципала</w:t>
       </w:r>
       <w:r w:rsidRPr="00C863CA">
         <w:t xml:space="preserve"> или посредством отправки в адрес Принципала письма-уведомления по электронной почте или по факсу. Данное письмо будет достаточным основанием внесения соответствующих изменений. При изменении наименования компании, Агент представляет Принципалу документы, подтверждающие внесение таких изменений, и настоящий договор подлежит перезаключению.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F5D79" w:rsidRPr="00C863CA" w:rsidRDefault="001F5D79" w:rsidP="001F5D79">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:t>По всем остальным вопросам, не урегулированным в настоящем договоре, стороны руководствуются действующим законодательством Российской Федерации.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F5D79" w:rsidRPr="00C863CA" w:rsidRDefault="001F5D79" w:rsidP="001F5D79">
       <w:pPr>
         <w:pStyle w:val="a6"/>
@@ -4222,70 +5282,92 @@
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="007124F7" w:rsidRPr="00C863CA" w:rsidRDefault="007124F7" w:rsidP="007C2377">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6765"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C863CA">
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t>Общество с ограниченной ответственностью «Море Трэвел</w:t>
             </w:r>
             <w:r w:rsidR="00E83EFC" w:rsidRPr="00C863CA">
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
-              <w:t>. Русский клуб</w:t>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00E83EFC" w:rsidRPr="00C863CA">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>Русский клуб</w:t>
             </w:r>
             <w:r w:rsidRPr="00C863CA">
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t>» (ООО «Море Трэвел</w:t>
             </w:r>
             <w:r w:rsidR="00E83EFC" w:rsidRPr="00C863CA">
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
-              <w:t>. Русский клуб</w:t>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00E83EFC" w:rsidRPr="00C863CA">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00E83EFC" w:rsidRPr="00C863CA">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>Русский клуб</w:t>
             </w:r>
             <w:r w:rsidRPr="00C863CA">
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t>»)</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007124F7" w:rsidRPr="00C863CA" w:rsidTr="007124F7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4106" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="007124F7" w:rsidRPr="00C863CA" w:rsidRDefault="007124F7" w:rsidP="007C2377">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6765"/>
               </w:tabs>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00C863CA">
               <w:t>ОГНР</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
@@ -4390,51 +5472,65 @@
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="007124F7" w:rsidRPr="00C863CA" w:rsidRDefault="007124F7" w:rsidP="00E83EFC">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6765"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C863CA">
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">620026, Свердловская область, г. Екатеринбург, ул. </w:t>
             </w:r>
             <w:r w:rsidR="00E83EFC" w:rsidRPr="00C863CA">
               <w:rPr>
                 <w:b w:val="0"/>
               </w:rPr>
-              <w:t>Карла Маркса, 20А, оф. 10</w:t>
+              <w:t xml:space="preserve">Карла Маркса, 20А, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E83EFC" w:rsidRPr="00C863CA">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>оф</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E83EFC" w:rsidRPr="00C863CA">
+              <w:rPr>
+                <w:b w:val="0"/>
+              </w:rPr>
+              <w:t>. 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007124F7" w:rsidRPr="00C863CA" w:rsidTr="007124F7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4106" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="007124F7" w:rsidRPr="00C863CA" w:rsidRDefault="007124F7" w:rsidP="007C2377">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6765"/>
               </w:tabs>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00C863CA">
               <w:t>Реестровый номер туроператора</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -4512,86 +5608,97 @@
       </w:tr>
       <w:tr w:rsidR="007124F7" w:rsidRPr="00C863CA" w:rsidTr="007124F7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4106" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="007124F7" w:rsidRPr="00C863CA" w:rsidRDefault="007124F7" w:rsidP="007C2377">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6765"/>
               </w:tabs>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00C863CA">
               <w:t>Финансовое обеспечение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="007124F7" w:rsidRPr="00C863CA" w:rsidRDefault="00820D57" w:rsidP="00820D57">
+          <w:p w:rsidR="007124F7" w:rsidRPr="00C863CA" w:rsidRDefault="00820D57" w:rsidP="00D37CC4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C863CA">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Договор страхования гражданской ответственности туроператора </w:t>
             </w:r>
+            <w:r w:rsidR="00D37CC4" w:rsidRPr="00D37CC4">
+              <w:t>№ 433-744-056504/25 от 14/03/2025</w:t>
+            </w:r>
             <w:r w:rsidRPr="00C863CA">
-              <w:t xml:space="preserve">№ </w:t>
+              <w:t xml:space="preserve">на период с </w:t>
+            </w:r>
+            <w:r w:rsidR="00C35BA8">
+              <w:t>01.07.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00D37CC4">
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00C35BA8">
+              <w:t xml:space="preserve"> г. по </w:t>
             </w:r>
             <w:r w:rsidR="00C35BA8" w:rsidRPr="00C35BA8">
-              <w:t>433-744-030045/24</w:t>
+              <w:t>30.06.202</w:t>
+            </w:r>
+            <w:r w:rsidR="00D37CC4">
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00C35BA8" w:rsidRPr="00C35BA8">
+              <w:t xml:space="preserve"> г.</w:t>
             </w:r>
             <w:r w:rsidRPr="00C863CA">
-              <w:t xml:space="preserve"> от </w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>, заключен с СПАО "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00C863CA">
-              <w:t xml:space="preserve"> на период с </w:t>
-[...6 lines deleted...]
-            </w:r>
+              <w:t>Ингосстрах</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00C863CA">
-              <w:t>, заключен с СПАО "Ингосстрах"</w:t>
+              <w:t>"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B23196" w:rsidRPr="00C863CA" w:rsidTr="007124F7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4106" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00B23196" w:rsidRPr="00C863CA" w:rsidRDefault="00B23196" w:rsidP="007C2377">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6765"/>
               </w:tabs>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00C863CA">
               <w:t>Официальный сайт в сети Интернет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -4893,57 +6000,59 @@
       <w:r w:rsidR="003A197E" w:rsidRPr="00C863CA">
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003A197E" w:rsidRPr="00C863CA" w:rsidRDefault="001F5D79" w:rsidP="003A197E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>Сведения о размере финансового обеспечения ответственности туроператора, номере, дате и сроке действия каждого договора страхования гражданской ответственности за неисполнение туроператором обязательств по договору о реализации туристского продукта и (или) номере, дате и сроке действия каждой банковской гарантии исполнения обязательств по договору о реализации туристского продукта, наименовании, адресе, месте нахождения организации, предоставившей финансовое обеспечение ответственности туроператора.</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="003A197E" w:rsidRPr="00C863CA" w:rsidRDefault="001F5D79" w:rsidP="003A197E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>Сведения о членстве туроператора в объединении туроператоров в сфере выездного туризма</w:t>
       </w:r>
@@ -4994,129 +6103,186 @@
         <w:t>гентского договора.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F5D79" w:rsidRPr="00C863CA" w:rsidRDefault="001F5D79" w:rsidP="003A197E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
-        <w:t>В случае реализации турпродукта иного туроператора Агент с</w:t>
+        <w:t xml:space="preserve">В случае реализации </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>турпродукта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> иного туроператора Агент с</w:t>
       </w:r>
       <w:r w:rsidR="003A197E" w:rsidRPr="00C863CA">
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve">амостоятельно указывает данные </w:t>
       </w:r>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
-        <w:t>о туроператоре, сформировавшим туристский продукт.</w:t>
+        <w:t xml:space="preserve">о туроператоре, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>сформировавшим</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> туристский продукт.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F5D79" w:rsidRPr="00C863CA" w:rsidRDefault="001F5D79" w:rsidP="003A197E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>Потребительские свойства туристского продукта.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F5D79" w:rsidRPr="00C863CA" w:rsidRDefault="001F5D79" w:rsidP="003A197E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C863CA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Программа пребывания и маршрут, условиях путешествия, включая информацию о средствах размещения, об условиях проживания (месте нахождения средства размещения и его категории) и питания, графиках поездок, условиях перевозки (авиаперевозчике и характере перевозки, правилах действия тарифов на перевозку, о чартерной перевозке, о блоке мест на регулярной авиаперевозке, об условиях отказа от данной перевозки, сведения о невозвратных тарифах за перевозку, о правилах регистрации в аэропортах, номере рейса и времени вылета), услугах перевозки в стране временного пребывания, о наличии экскурсовода (гида), об условиях безопасности и необходимых мерах для ее обеспечения, обо всех изменениях в составе, стоимости, сроках и иных потребительских свойствах </w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>Программа пребывания и маршрут, условиях путешествия, включая информацию о средствах размещения, об условиях проживания (месте нахождения средства размещения и его категории) и питания, графиках поездок, условиях перевозки (авиаперевозчике и характере перевозки, правилах действия тарифов на перевозку, о чартерной перевозке, о блоке мест на регулярной авиаперевозке, об условиях отказа от данной перевозки, сведения о невозвратных тарифах за перевозку, о правилах регистрации</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в аэропортах, номере рейса и времени вылета), услугах перевозки в стране временного пребывания, о наличии экскурсовода (гида), об условиях безопасности и необходимых мерах для ее обеспечения, обо всех изменениях в составе, стоимости, сроках и иных потребительских свойствах </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>турпродукта</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
-        <w:t xml:space="preserve"> и(или) </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>и(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve">или) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>туруслуг</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve">, и изменении существенных условий настоящего договора, о правилах и условиях эффективного и безопасного использования </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>турпродукта</w:t>
       </w:r>
@@ -5140,56 +6306,81 @@
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>, а также о дополнительных услугах.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F5D79" w:rsidRPr="00C863CA" w:rsidRDefault="001F5D79" w:rsidP="003A197E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C863CA">
-[...4 lines deleted...]
-        <w:t>Результатах сертификации турпродукта, в случае необходимости сертификации.</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>Результатах</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сертификации </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>турпродукта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>, в случае необходимости сертификации.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F5D79" w:rsidRPr="00C863CA" w:rsidRDefault="001F5D79" w:rsidP="003A197E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>Если это имеет значение, исходя из характера туристского продукта:</w:t>
@@ -5390,81 +6581,106 @@
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>о таможенных, пограничных, медицинских, санитарно-эпидемиологических и иных правилах (в объеме, необходимом для совершения путешествия);</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F5D79" w:rsidRPr="00C863CA" w:rsidRDefault="001F5D79" w:rsidP="003A197E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C863CA">
-[...4 lines deleted...]
-        <w:t>о месте нахождения, почтовых адресах и номерах контактных телефонов органов государственной власти Российской Федерации, дипломатических представительств и консульских учреждений Российской Федерации, находящихся в стране (месте) временного пребывания, в которые потребитель может обратиться в случае возникновения в стране (месте) временного пребывания чрезвычайных ситуаций или иных обстоятельств, угрожающих безопасности его жизни и здоровья, а также в случаях возникновения опасности причинения вреда имуществу потребителя;</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>о месте нахождения, почтовых адресах и номерах контактных телефонов органов государственной власти Российской Федерации, дипломатических представительств и консульских учреждений Российской Федерации, находящихся в стране (месте) временного пребывания, в которые потребитель может обратиться в случае возникновения в стране (месте) временного пребывания чрезвычайных ситуаций или иных обстоятельств, угрожающих безопасности его жизни и здоровья, а также в случаях возникновения опасности причинения вреда имуществу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> потребителя;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F5D79" w:rsidRPr="00C863CA" w:rsidRDefault="001F5D79" w:rsidP="003A197E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
-        <w:t>об адресе (месте пребывания) и номере контактного телефона в стране (месте) временного пребывания руководителя группы несовершеннолетних граждан в случае, если туристский продукт включает в себя организованный выезд группы несовершеннолетних граждан без сопровождения родителей, усыновителей, опекунов или попечителей;</w:t>
+        <w:t>об адресе (месте пребывания) и номере контактного телефона в стране (месте) временного пребывания руководителя группы несовершеннолетних граждан в случае, если туристский проду</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>кт вкл</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>ючает в себя организованный выезд группы несовершеннолетних граждан без сопровождения родителей, усыновителей, опекунов или попечителей;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F5D79" w:rsidRPr="00C863CA" w:rsidRDefault="001F5D79" w:rsidP="003A197E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>о национальных и религиозных особенностях страны (места) временного пребывания.</w:t>
@@ -5486,76 +6702,156 @@
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve">Указание на то, что ответственность за исполнение договора воздушной перевозки возложена на перевозчика на основании </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>абз</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
-        <w:t>. 5 ст. 9 Федерального закона № 132-ФЗ «Об основах туристской деятельности в Российской Федерации», ст. 786 Гражданского кодекса РФ, ст. 116 Воздушного кодекса РФ. В случае отмены, изменения времени и даты авиаперелета ответственность за понесенные туристом убытки несет перевозчик. Возврат денежных средств за приобретенные билеты производится по правилам, устанавливаемым перевозчиком. Принципал не несет ответственности за сроки возврата, порядок исчисления удержаний и прочие правила возврата, устанавливаемые перевозчиком.</w:t>
+        <w:t xml:space="preserve">. 5 ст. 9 Федерального закона № 132-ФЗ «Об основах туристской деятельности в Российской Федерации», ст. 786 Гражданского кодекса РФ, ст. 116 Воздушного кодекса РФ. В </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>случае</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отмены, изменения времени и даты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>авиаперелета</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ответственность за понесенные туристом убытки несет перевозчик. Возврат денежных средств за </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>приобретенные</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> билеты производится по правилам, устанавливаемым перевозчиком. Принципал не несет ответственности за сроки возврата, порядок исчисления удержаний и прочие правила возврата, устанавливаемые перевозчиком.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008A3A6D" w:rsidRPr="00C863CA" w:rsidRDefault="008A3A6D" w:rsidP="008A3A6D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
-        <w:t>Указание на то, что авиабилет авиаперелёт выполняется регулярным рейсом и авиабилет приобретен из свободной продажи (если это указано в Листе бронирования</w:t>
+        <w:t xml:space="preserve">Указание на то, что авиабилет </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>авиаперелёт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>выполняется регулярным рейсом и авиабилет приобретен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из свободной продажи (если это указано в Листе бронирования</w:t>
       </w:r>
       <w:r w:rsidR="000E41E0" w:rsidRPr="00C863CA">
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F5D79" w:rsidRPr="00C863CA" w:rsidRDefault="001F5D79" w:rsidP="008A3A6D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
@@ -5620,69 +6916,99 @@
         <w:t>Информация о том, что в общую цену туристского продукта, указанную Агентом, включается агентское вознаграждение Агента, не подлежащее перечислению Принципалу.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F5D79" w:rsidRPr="00C863CA" w:rsidRDefault="001F5D79" w:rsidP="003A197E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
-        <w:t>Условия оплаты турпродукта и возврата денежных средств исходя из стоимости турпродукта в долларах США либо в евро по внутреннему курсу Принц</w:t>
+        <w:t xml:space="preserve">Условия оплаты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>турпродукта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и возврата денежных средств исходя из стоимости </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>турпродукта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в долларах США либо в евро по внутреннему курсу Принц</w:t>
       </w:r>
       <w:r w:rsidR="003A197E" w:rsidRPr="00C863CA">
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t xml:space="preserve">ипала, предусмотренные Агентским </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-      <w:r w:rsidR="003A197E" w:rsidRPr="00C863CA">
+      <w:r w:rsidR="00CF0A31" w:rsidRPr="00CF0A31">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>договором</w:t>
+      </w:r>
+      <w:r w:rsidR="003A197E" w:rsidRPr="00CF0A31">
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F5D79" w:rsidRPr="00C863CA" w:rsidRDefault="001F5D79" w:rsidP="003A197E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
@@ -5817,132 +7143,145 @@
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>О порядке и сроках предъявления к организации, предоставившей финансовое обеспечение ответственности туроператора требование о выплате страхового возмещения по договору страхования ответственности туроператора либо требования об уплате денежной суммы по банковской гарантии.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F5D79" w:rsidRPr="00C863CA" w:rsidRDefault="001F5D79" w:rsidP="003A197E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>О порядке и сроках предъявления к объединению туроператоров в сфере выездного туризма требования о возмещении реального ущерба за счет фонда персональной ответственности при условии, что денежных средств страховщика или гаранта для выплаты страхового возмещения по договору страхования ответственности туроператора или уплаты денежной суммы по банковской гарантии оказалось недостаточно в случае, если фонд персональной ответственности туроператора не достиг максимального размера.</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="001F5D79" w:rsidRPr="00C863CA" w:rsidRDefault="001F5D79" w:rsidP="003A197E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>О порядке и сроках предъявления к объединению туроператоров в сфере выездного туризма требований о возмещении реального ущерба за счет средств фонда персональной ответственности туроператора в сфере выездного туризма в случае, если фонд персональной ответственности туроператора достиг максимального размера.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F5D79" w:rsidRPr="00C863CA" w:rsidRDefault="001F5D79" w:rsidP="003A197E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C863CA">
-[...4 lines deleted...]
-        <w:t>Об условиях договора добровольного страхования, о страховщике, об организациях, осуществляющих в соответствии с договором, заключенным со страховщиком, организацию оказания медицинской помощи в экстренной и неотложной формах в стране временного пребывания и ее оплату, возвращения тела (останков), а также о порядке обращения Туриста в связи с наступлением страхового случая (о месте нахождения, номерах контактных телефонов страховщика, иных организаций), если договор добровольного страхования заключается с Заказчиком от имени страховщика.</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>Об условиях договора добровольного страхования, о страховщике, об организациях, осуществляющих в соответствии с договором, заключенным со страховщиком, организацию оказания медицинской помощи в экстренной и неотложной формах в стране временного пребывания и ее оплату, возвращения тела (останков), а также о порядке обращения Туриста в связи с наступлением страхового случая (о месте нахождения, номерах контактных телефонов страховщика, иных организаций), если договор добровольного</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> страхования заключается с Заказчиком от имени страховщика.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F5D79" w:rsidRPr="00C863CA" w:rsidRDefault="001F5D79" w:rsidP="003A197E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>О необходимости самостоятельной оплаты Туристом медицинской помощи в экстренной и неотложной формах в стране временного пребывания, возвращении тела (останков) за счет лиц, заинтересованных в возвращении тела (останков), в случае отсутствия у туриста договора добровольного страхования (страхового полиса), о требованиях законодательства страны временного пребывания к условиям страхования в случае наличия таких требований.</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="001F5D79" w:rsidRPr="00C863CA" w:rsidRDefault="001F5D79" w:rsidP="003A197E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>О переходе к объединению туроператоров в сфере выездного туризма, принадлежащего Заказчику права требования о выплате страхового возмещения по договору страхования ответственности туроператора к страховщику либо об уплате денежной суммы по банковской гарантии в пределах суммы расходов, понесенных объединением туроператоров в сфере выездного туризма при оказании экстренной помощи Туристу.</w:t>
       </w:r>
@@ -6034,170 +7373,300 @@
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>Указание на то, что основания расторжения договора о реализации туристского продукта предусмотрены Гражданским кодексом Российской Федерации, Федеральным законом №132-ФЗ «Об основах туристской деятельности в Российской Федерации».</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F5D79" w:rsidRPr="00C863CA" w:rsidRDefault="001F5D79" w:rsidP="003A197E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
-        <w:t>Общие условия возврата денежных средств исходя из стоимости турпродукта в долларах США либо в евро по внутреннему курсу Принципала, предусмотренные разделом 4 настоящего договора.</w:t>
+        <w:t xml:space="preserve">Общие условия возврата денежных средств исходя из стоимости </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>турпродукта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в долларах США либо в евро по внутреннему курсу Принципала, предусмотренные разделом 4 настоящего договора.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F5D79" w:rsidRPr="00C863CA" w:rsidRDefault="001F5D79" w:rsidP="003A197E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
-        <w:t>Сведения о том, что если иное не указано в листе бронирования, все билеты, включенные в турпакет, считаются забронированными и приобретенными по минимальному тарифу, который является невозвратным. В соответствии с абз.4 п.1. ст. 108 Воздушного кодекса РФ, федеральными авиационными правилами РФ, если приобретается авиабилет, который предусматривает «условие о невозврате провозной платы при расторжении договора воздушной перевозки пассажира, то уплаченная за воздушную перевозку пассажира провозная плата не возвращается, за исключением неиспользованных сумм, взимаемых перевозчиком в пользу иных организаций в соответствии с законодательством иностранных государств, с территорий, на территории или через территории которых осуществляется воздушная перевозка пассажира» (т.е. аэропортовых сборов).</w:t>
+        <w:t xml:space="preserve">Сведения о том, что если иное не указано в листе бронирования, все билеты, включенные в турпакет, считаются забронированными и приобретенными по минимальному тарифу, который является невозвратным. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В соответствии с абз.4 п.1. ст. 108 Воздушного кодекса РФ, федеральными авиационными правилами РФ, если приобретается авиабилет, который предусматривает «условие о </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>невозврате</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> провозной платы при расторжении договора воздушной перевозки пассажира, то уплаченная за воздушную перевозку пассажира провозная плата не возвращается, за исключением неиспользованных сумм, взимаемых перевозчиком в пользу иных организаций в соответствии с законодательством иностранных государств, с территорий</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, на территории или через </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>территории</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> которых осуществляется воздушная перевозка пассажира» (т.е. аэропортовых сборов).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F5D79" w:rsidRPr="00C863CA" w:rsidRDefault="001F5D79" w:rsidP="003A197E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C863CA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Случаи удорожания стоимости авиабилетов, роста ГСМ и вследствие этого увеличение стоимости авиаперевозки, случаи изменения сроков совершения путешествия, ухудшения его условий, указанных в договоре и турпутевке, невозможности совершения туристом поездки по независящим от него причинам (отказ в выдаче визы, болезнь туриста и в другие обстоятельства) рассматриваются как случаи существенного изменения обстоятельств, из которых стороны исходили при заключении договора (конкретной заявки на бронирование). При таких обстоятельствах договор (конкретная заявка) изменяется (при удорожании авиаперевозки, изменения сроков совершения путешествия, ухудшения его условий, указанных в договоре и турпутевке) и вне зависимости от произведенной оплаты турист производит соответствующую доплату в сроки, указанные в требовании (счете) о повышении стоимости тура или </w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>Случаи удорожания стоимости авиабилетов, роста ГСМ и вследствие этого увеличение стоимости авиаперевозки, случаи изменения сроков совершения путешествия, ухудшения его условий, указанных в договоре и турпутевке, невозможности совершения туристом поездки по независящим от него причинам (отказ в выдаче визы, болезнь туриста и в другие обстоятельства) рассматриваются как случаи существенного изменения обстоятельств, из которых стороны исходили при заключении договора (конкретной заявки на</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бронирование). При таких обстоятельствах договор (конкретная заявка) изменяется (при удорожании авиаперевозки, изменения сроков совершения путешествия, ухудшения его условий, указанных в договоре и турпутевке) и вне зависимости от произведенной оплаты турист производит соответствующую доплату в сроки, указанные в требовании (счете) о повышении стоимости тура или </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>туруслуги</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
-        <w:t xml:space="preserve"> и соглашается на такие изменения договора. При отсутствии письменного уведомления о несогласии с изменениями в течение 3 дней с момента наступления таких изменений, данные изменения считаются принятыми и согласованными. В случае несогласия туриста договор (конкретная заявка) автоматически аннулируется, что влечет за собой расторжение договора реализации турпродукта по фактически понесенным сторонам расходам. </w:t>
+        <w:t xml:space="preserve"> и соглашается на такие изменения договора. При отсутствии письменного уведомления о несогласии с изменениями в течение 3 дней с момента наступления таких изменений, данные изменения считаются принятыми и согласованными. В </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>случае</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> несогласия туриста договор (конкретная заявка) автоматически аннулируется, что влечет за собой расторжение договора реализации </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>турпродукта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по фактически понесенным сторонам расходам. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F5D79" w:rsidRPr="00C863CA" w:rsidRDefault="001F5D79" w:rsidP="003A197E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
-        <w:t>В случае невозможности совершения туристом поездки по независящим от него причинам (отказ в выдаче визы, болезнь туриста и в другие обстоятельства) договор (конкретная заявке) между Принципалом и Агентом аннулируется, договор с туристом расторгается с возмещением фактических затрат, понесенных Принципалом и иными непосредственными исполнителями услуг.</w:t>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>случае</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> невозможности совершения туристом поездки по независящим от него причинам (отказ в выдаче визы, болезнь туриста и в другие обстоятельства) договор (конкретная заявке) между Принципалом и Агентом аннулируется, договор с туристом расторгается с возмещением фактических затрат, понесенных Принципалом и иными непосредственными исполнителями услуг.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001F5D79" w:rsidRPr="00C863CA" w:rsidRDefault="001F5D79" w:rsidP="003A197E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:t>Указание на соответствие договора типовой форме договора, утвержденной Приказом Ростуризма от 27.11.2020 №448-Пр-20.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003A197E" w:rsidRPr="00C863CA" w:rsidRDefault="001F5D79" w:rsidP="003A197E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C863CA">
-[...4 lines deleted...]
-        <w:t>Перечень условий, содержащийся в настоящем разделе договора не является исчерпывающим.</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t>Перечень условий, содержащийся в настоящем разделе договора не является</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C863CA">
+        <w:rPr>
+          <w:sz w:val="17"/>
+          <w:szCs w:val="17"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исчерпывающим.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0018556B" w:rsidRPr="00C863CA" w:rsidRDefault="0018556B">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C863CA">
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w:rsidR="003A197E" w:rsidRPr="00C863CA" w:rsidRDefault="003A197E">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
@@ -6303,93 +7772,123 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5288" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E1684C" w:rsidRPr="00C863CA" w:rsidRDefault="00E1684C" w:rsidP="00E1684C">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="733"/>
               </w:tabs>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C863CA">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Обществу с ограниченной ответственностью «Море Трэвел</w:t>
             </w:r>
             <w:r w:rsidR="00820D57" w:rsidRPr="00C863CA">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>. Русский клуб</w:t>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00820D57" w:rsidRPr="00C863CA">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Русский клуб</w:t>
             </w:r>
             <w:r w:rsidRPr="00C863CA">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">» </w:t>
             </w:r>
             <w:r w:rsidR="00112D1B" w:rsidRPr="00C863CA">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00C863CA">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>(ООО «Море Трэвел</w:t>
             </w:r>
             <w:r w:rsidR="00820D57" w:rsidRPr="00C863CA">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>. Русский клуб</w:t>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00820D57" w:rsidRPr="00C863CA">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00820D57" w:rsidRPr="00C863CA">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Русский клуб</w:t>
             </w:r>
             <w:r w:rsidRPr="00C863CA">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>»)</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w:rsidR="00E1684C" w:rsidRPr="00C863CA" w:rsidRDefault="00820D57" w:rsidP="00E1684C">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="733"/>
               </w:tabs>
               <w:ind w:left="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00C863CA">
-              <w:t>620026, Свердловская область, г. Екатеринбург, ул. Карла Маркса, 20А, оф. 10</w:t>
+              <w:t xml:space="preserve">620026, Свердловская область, г. Екатеринбург, ул. Карла Маркса, 20А, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00C863CA">
+              <w:t>оф</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00C863CA">
+              <w:t>. 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="008B29A9" w:rsidRPr="00C863CA" w:rsidRDefault="008B29A9" w:rsidP="003A197E">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:ind w:left="927"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E1684C" w:rsidRPr="00C863CA" w:rsidRDefault="00E1684C" w:rsidP="003A197E">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:ind w:left="927"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -6531,51 +8030,59 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6753" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00005990" w:rsidRPr="00C863CA" w:rsidRDefault="00005990" w:rsidP="00005990">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3028" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00005990" w:rsidRPr="00C863CA" w:rsidRDefault="00005990" w:rsidP="00005990">
             <w:r w:rsidRPr="00C863CA">
-              <w:t>, действующего на основании</w:t>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C863CA">
+              <w:t>действующего</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C863CA">
+              <w:t xml:space="preserve"> на основании</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00005990" w:rsidRPr="00C863CA" w:rsidTr="00820D57">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w:rsidR="00005990" w:rsidRPr="00C863CA" w:rsidRDefault="00005990" w:rsidP="00005990">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C863CA">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>(должность и ФИО уполномоченного на подписание уведомления лица)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -7183,87 +8690,108 @@
           <w:b/>
         </w:rPr>
         <w:t>Электронная путевка»</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00483EDB" w:rsidRDefault="00483EDB" w:rsidP="00483EDB">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00483EDB" w:rsidRDefault="00483EDB" w:rsidP="00483EDB">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Для целей размещения информации в ГИС «ЕИС Электро</w:t>
       </w:r>
       <w:r w:rsidR="00A9797A">
         <w:t xml:space="preserve">нная путевка» при бронировании </w:t>
       </w:r>
       <w:r>
-        <w:t>туристских продуктов, сформированных как ООО «Море Трэвел. Русский клуб» (ООО «Море Трэвел. Русский клуб» - туроператор), так и иными туроператорами, необходимо придерживаться следующего порядка передачи информации (далее – Порядок):</w:t>
-      </w:r>
+        <w:t xml:space="preserve">туристских продуктов, сформированных как ООО «Море Трэвел. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Русский клуб» (ООО «Море Трэвел.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Русский клуб» - туроператор), так и иными туроператорами, необходимо придерживаться следующего порядка передачи информации (далее – Порядок):</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00483EDB" w:rsidRDefault="00483EDB" w:rsidP="00483EDB">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00483EDB" w:rsidRDefault="00483EDB" w:rsidP="00483EDB">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Агент направляет Принципалу Заявку на бронирование туристского продукта через Личный кабинет Агента на сайте Принципала в сети «Интернет» (далее – Личный кабинет).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00483EDB" w:rsidRDefault="00483EDB" w:rsidP="00483EDB">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">В срок, предусмотренный п. 4.2 Агентского договора, Принципал (в случае возможности предоставления запрошенных </w:t>
+        <w:t xml:space="preserve">В срок, предусмотренный п. 4.2 Агентского договора, Принципал (в случае возможности предоставления </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>запрошенных</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>туруслг</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>) через Личный кабинет направляет Агенту подтверждение заявки. В момент подтверждения заявки Агенту становятся доступными для скачивания следующие документы:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00483EDB" w:rsidRDefault="00483EDB" w:rsidP="00483EDB">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Договор о реализации туристского продукта (рекомендованная Принципалом форма, предпочтительная к заключению с туристом в соответствии с п. 2.2.4 Агентского договора);</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00483EDB" w:rsidRPr="00A33D7E" w:rsidRDefault="00483EDB" w:rsidP="00483EDB">
@@ -7361,51 +8889,67 @@
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>«Дата заключения договора»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00483EDB" w:rsidRDefault="00483EDB" w:rsidP="00B10015">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Реальная </w:t>
             </w:r>
             <w:r w:rsidRPr="00520878">
               <w:t xml:space="preserve">дата заключения </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">с туристом </w:t>
             </w:r>
             <w:r w:rsidRPr="00520878">
-              <w:t>Договора о реализации туристского продукта (т.е. договора, в котором отражены все существенные условия, указанные в ст. 10 Закона о туристкой деятельности, а также Приложении № 1 к Агентскому договору)</w:t>
+              <w:t xml:space="preserve">Договора о реализации туристского продукта (т.е. договора, в котором отражены все существенные условия, указанные в ст. 10 Закона </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00520878">
+              <w:t>о</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00520878">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00520878">
+              <w:t>туристкой</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00520878">
+              <w:t xml:space="preserve"> деятельности, а также Приложении № 1 к Агентскому договору)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00483EDB" w:rsidTr="00B10015">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3114" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00483EDB" w:rsidRDefault="00483EDB" w:rsidP="00B10015">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>«Номер договора»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00483EDB" w:rsidRDefault="00483EDB" w:rsidP="00B10015">
             <w:pPr>
               <w:jc w:val="both"/>
@@ -7514,75 +9058,88 @@
         <w:t>ь</w:t>
       </w:r>
       <w:r w:rsidRPr="0027700C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0027700C">
         <w:t>туруслуг</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0027700C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">в рублях (если валютой заявки являются рубли) либо стоимость </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>туруслуг</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">, рассчитанная </w:t>
       </w:r>
       <w:r w:rsidRPr="0027700C">
-        <w:t>по внутреннему курсу Принципала на день заключения Договора о реализации туристского продукт</w:t>
+        <w:t xml:space="preserve">по внутреннему курсу Принципала на день заключения </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0027700C">
+        <w:t>Договора</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0027700C">
+        <w:t xml:space="preserve"> о реализации туристского продукт</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">а исходя из стоимости тура </w:t>
       </w:r>
       <w:r w:rsidRPr="0027700C">
         <w:t>в валюте туристского проду</w:t>
       </w:r>
       <w:r>
         <w:t>кта (долларах США, евро и иные);</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00483EDB" w:rsidRDefault="00483EDB" w:rsidP="00483EDB">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="425"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>агентское вознаграждения агента (с учетом условий, предусмотренных п. 3.10.2 Агентского договора);</w:t>
+        <w:t>агентское</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> вознаграждения агента (с учетом условий, предусмотренных п. 3.10.2 Агентского договора);</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00483EDB" w:rsidRDefault="00483EDB" w:rsidP="00483EDB">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1276" w:hanging="425"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>иные суммы, оплаченные туристом на основании Договора о реализации туристского продукта.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00483EDB" w:rsidRPr="0079231F" w:rsidRDefault="00483EDB" w:rsidP="00483EDB">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Таким образом, в поле «Общая стоимость туристского продукта» должна быть отражена полная и достоверная сумма, указанная Агентом в Договоре о реализации туристского продукта и оплаченная туристом в пользу Агента.</w:t>
       </w:r>
@@ -7598,145 +9155,182 @@
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>После внесения сведений, указанных в п.  3 настоящего Порядка, Агенту становится доступным для скачивания счет на оплату.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00483EDB" w:rsidRDefault="00483EDB" w:rsidP="00483EDB">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">В случае, если </w:t>
       </w:r>
       <w:r w:rsidRPr="00D57C94">
         <w:t xml:space="preserve">договор о реализации туристского продукта заключен менее чем за 30 дней до начала оказания услуг, предусмотренных этим договором, </w:t>
       </w:r>
       <w:r>
-        <w:t>Агент совершает действия, предусмотренные п. 3, 8 настоящего Порядка, не позднее чем за 48 часов до начала оказания услуг.</w:t>
+        <w:t xml:space="preserve">Агент совершает действия, предусмотренные п. 3, 8 настоящего Порядка, не </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>позднее</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> чем за 48 часов до начала оказания услуг.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00483EDB" w:rsidRDefault="00483EDB" w:rsidP="00483EDB">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Оплата туристского продукта производится в порядке, предусмотренном разделом 3 Агентского договора. Приоритетной является оплата путем перечисления денежных средств с расчетного счета Агента на расчетный счет Принципала.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00483EDB" w:rsidRDefault="00483EDB" w:rsidP="00483EDB">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t xml:space="preserve">В случае, если оплата производится не на условиях единовременной оплаты 100% стоимости туристского продукта, Агент в день внесения в пользу Принципала полной оплаты вносит в поле «Общая стоимость туристского продукта на дату полной оплаты» итоговую стоимость туристского продукта, которая рассчитывается как сумма всех оплат в рублях, произведенная туристом в пользу Агента (включая агентское </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>вознаграждение и иные выплаты, оплаченные туристом на основании Договора о реализации туристского продукта).</w:t>
+        <w:t>вознаграждение и иные выплаты, оплаченные туристом на</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>основании</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Договора о реализации туристского продукта).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00483EDB" w:rsidRDefault="00483EDB" w:rsidP="00483EDB">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Принципал размещает в ГИС «ЕИС Электронная путевка» сведения, подлежащие размещению в соответствии со ст. 10.4 Закона об основах туристкой деятельности, </w:t>
       </w:r>
       <w:r w:rsidRPr="005E03AC">
         <w:t>Постановлени</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">я </w:t>
       </w:r>
       <w:r w:rsidRPr="005E03AC">
         <w:t>Правительства РФ от 18.03.2023 N 417</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> на основании в том числе сведений, предоставленных Агентом. </w:t>
+        <w:t xml:space="preserve"> на </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>основании</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> в том числе сведений, предоставленных Агентом. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00483EDB" w:rsidRDefault="00483EDB" w:rsidP="00483EDB">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="002019EB">
         <w:t>Принципал размещает сведения в ГИС «ЕИС Электронная путевка» не позднее 15-го числа месяца, следующего за месяцем, в котором заключен</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002019EB">
         <w:t>договор</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, а в случае, если </w:t>
       </w:r>
       <w:r w:rsidRPr="00D57C94">
         <w:t>договор о реализации туристского продукта заключен менее чем за 30 дней до начала оказания услуг,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> предусмотренных этим договором</w:t>
       </w:r>
       <w:r w:rsidRPr="00D57C94">
-        <w:t>, не позднее чем за 24 часа до начала оказания услуг.</w:t>
+        <w:t xml:space="preserve">, не </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D57C94">
+        <w:t>позднее</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D57C94">
+        <w:t xml:space="preserve"> чем за 24 часа до начала оказания услуг.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00483EDB" w:rsidRPr="000F37FB" w:rsidRDefault="00483EDB" w:rsidP="00483EDB">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="000F37FB">
         <w:t>После передачи данных в ГИС «ЕИС Электронная путевка» Принципал направляет в Личный кабинет Агента уникальный номер</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> электронной путевки</w:t>
       </w:r>
       <w:r w:rsidRPr="000F37FB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">с </w:t>
       </w:r>
@@ -7749,217 +9343,249 @@
       <w:r w:rsidRPr="000F37FB">
         <w:t xml:space="preserve">кодом (QR-кодом) </w:t>
       </w:r>
       <w:r>
         <w:t>для последующего направления туристу.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00392ADC" w:rsidRPr="00B070A8" w:rsidRDefault="00392ADC" w:rsidP="00392ADC">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00B070A8">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Агент несет ответственность за своевременность, правильность и полноту информации, подлежащей передаче Принципалу</w:t>
       </w:r>
       <w:r w:rsidRPr="00B070A8">
-        <w:t>. В случае, если недостоверность либо несвоевременность передачи переданных Агентом сведений повлечёт за собой:</w:t>
+        <w:t xml:space="preserve">. В </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B070A8">
+        <w:t>случае</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B070A8">
+        <w:t>, если недостоверность либо несвоевременность передачи переданных Агентом сведений повлечёт за собой:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00392ADC" w:rsidRPr="00B070A8" w:rsidRDefault="00392ADC" w:rsidP="00392ADC">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00B070A8">
         <w:t>необходимость внесения дополнительных изменений в Электронную путевку (при условии, что такое изменение облагается дополнительной платой, например, со стороны туроператора);</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00392ADC" w:rsidRPr="00B070A8" w:rsidRDefault="00392ADC" w:rsidP="00392ADC">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00B070A8">
         <w:t>наложение штрафов (иных сборов, обязательных выплат и т.д.) на Принципала как со стороны туроператоров по заявке (в случае, если Принципал выступает агентом), так и со стороны органов государственной власти (включая санкции, предусмотренные ст. 4.3 Федерального закона от 24.11.1996 N 132-ФЗ «Об основах туристской деятельности в Российской Федерации»)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00392ADC" w:rsidRPr="00731118" w:rsidRDefault="00392ADC" w:rsidP="00392ADC">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00B070A8">
-        <w:t>Агент обязан в течение 10 дней со дня предъявления требования компенсировать Принципалу все понесенные убытки, включая, но не ограничиваясь: штрафы, предусмотренные договорами между Принципалом и иными туроператорами, штрафы, предусмотренные действующим на момент исполнения заявки законодательством, иные убытки, понесенные в связи с действиями Агента.</w:t>
+        <w:t xml:space="preserve">Агент обязан в течение 10 дней со дня предъявления требования компенсировать Принципалу все понесенные убытки, включая, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B070A8">
+        <w:t>но</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B070A8">
+        <w:t xml:space="preserve"> не ограничиваясь: штрафы, предусмотренные договорами между Принципалом и иными туроператорами, штрафы, предусмотренные действующим на момент исполнения заявки законодательством, иные убытки, понесенные в связи с действиями Агента.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00483EDB" w:rsidRDefault="00483EDB" w:rsidP="00483EDB">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Информация об Агенте подлежит размещению в ГИС «ЕИС Электронная путевка» на основании п. 9 </w:t>
       </w:r>
       <w:r w:rsidRPr="005E03AC">
         <w:t>Постановлени</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">я </w:t>
       </w:r>
       <w:r w:rsidRPr="005E03AC">
         <w:t>Правительства РФ от 18.03.2023 N 417</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> с момента заключения Договора о реализации туристского продукта. Агент самостоятельно обеспечивает соблюдение со своей стороны требований законодательства в части заключения договора с туристами, обработки персональных данных, порядка расчетов и соблюдения кассовой дисциплины.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00483EDB" w:rsidRDefault="00483EDB" w:rsidP="00483EDB">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>В случае, если Принципал выступает агентом иного туроператора, действия, предусмотренные п. 9-10 настоящего Приложения совершаются туроператором по заявке.</w:t>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>случае</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>, если Принципал выступает агентом иного туроператора, действия, предусмотренные п. 9-10 настоящего Приложения совершаются туроператором по заявке.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00483EDB" w:rsidRPr="0027700C" w:rsidRDefault="00483EDB" w:rsidP="00483EDB">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Настоящий порядок действует </w:t>
+        <w:t xml:space="preserve">Настоящий порядок </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve">действует </w:t>
       </w:r>
       <w:r w:rsidRPr="00534003">
         <w:t>с 01.09.2024</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> и может быть изменен Принципалом в одностороннем порядке на основании п. 5.5, 8.10 Агентского договора, п. 17 </w:t>
+        <w:t xml:space="preserve"> и может</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> быть изменен Принципалом в одностороннем порядке на основании п. 5.5, 8.10 Агентского договора, п. 17 </w:t>
       </w:r>
       <w:r w:rsidRPr="005E03AC">
         <w:t>Постановлени</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">я </w:t>
       </w:r>
       <w:r w:rsidRPr="005E03AC">
         <w:t>Правительства РФ от 18.03.2023 N 417</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00005990" w:rsidRPr="0007097F" w:rsidRDefault="00005990" w:rsidP="00623460">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00005990" w:rsidRPr="0007097F" w:rsidSect="00820D57">
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="709" w:right="1133" w:bottom="1276" w:left="1276" w:header="850" w:footer="283" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00612E04" w:rsidRDefault="00612E04" w:rsidP="00B23196">
+    <w:p w:rsidR="00A54012" w:rsidRDefault="00A54012" w:rsidP="00B23196">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00612E04" w:rsidRDefault="00612E04" w:rsidP="00B23196">
+    <w:p w:rsidR="00A54012" w:rsidRDefault="00A54012" w:rsidP="00B23196">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
@@ -7976,161 +9602,161 @@
     <w:sdtPr>
       <w:id w:val="1977870563"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1103411928"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
         <w:sdtContent>
           <w:p w:rsidR="00B23196" w:rsidRDefault="00B23196">
             <w:pPr>
               <w:pStyle w:val="ac"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Страница </w:t>
             </w:r>
-            <w:r w:rsidR="00450451">
+            <w:r w:rsidR="00384740">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:instrText>PAGE</w:instrText>
             </w:r>
-            <w:r w:rsidR="00450451">
+            <w:r w:rsidR="00384740">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00557331">
+            <w:r w:rsidR="00D37CC4">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>12</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00450451">
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="00384740">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> из </w:t>
             </w:r>
-            <w:r w:rsidR="00450451">
+            <w:r w:rsidR="00384740">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:instrText>NUMPAGES</w:instrText>
             </w:r>
-            <w:r w:rsidR="00450451">
+            <w:r w:rsidR="00384740">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00557331">
+            <w:r w:rsidR="00D37CC4">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
-            <w:r w:rsidR="00450451">
+            <w:r w:rsidR="00384740">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
   <w:p w:rsidR="00B23196" w:rsidRDefault="00B23196">
     <w:pPr>
       <w:pStyle w:val="ac"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00612E04" w:rsidRDefault="00612E04" w:rsidP="00B23196">
+    <w:p w:rsidR="00A54012" w:rsidRDefault="00A54012" w:rsidP="00B23196">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00612E04" w:rsidRDefault="00612E04" w:rsidP="00B23196">
+    <w:p w:rsidR="00A54012" w:rsidRDefault="00A54012" w:rsidP="00B23196">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="06C86646"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B868E932"/>
     <w:lvl w:ilvl="0" w:tplc="942027D6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
@@ -10324,126 +11950,138 @@
     <w:rsid w:val="00035AA1"/>
     <w:rsid w:val="00041CAD"/>
     <w:rsid w:val="00066BEC"/>
     <w:rsid w:val="0007097F"/>
     <w:rsid w:val="00085630"/>
     <w:rsid w:val="000A0271"/>
     <w:rsid w:val="000E107D"/>
     <w:rsid w:val="000E41E0"/>
     <w:rsid w:val="001003BA"/>
     <w:rsid w:val="001007CF"/>
     <w:rsid w:val="00112D1B"/>
     <w:rsid w:val="00135051"/>
     <w:rsid w:val="00144BAD"/>
     <w:rsid w:val="00153232"/>
     <w:rsid w:val="00164820"/>
     <w:rsid w:val="00164C21"/>
     <w:rsid w:val="0018556B"/>
     <w:rsid w:val="0019396C"/>
     <w:rsid w:val="001B1E1E"/>
     <w:rsid w:val="001E26A4"/>
     <w:rsid w:val="001F5D79"/>
     <w:rsid w:val="00264A06"/>
     <w:rsid w:val="00294DDF"/>
     <w:rsid w:val="0034027A"/>
     <w:rsid w:val="003700A3"/>
+    <w:rsid w:val="00384740"/>
     <w:rsid w:val="00392ADC"/>
     <w:rsid w:val="003A197E"/>
     <w:rsid w:val="003D561B"/>
+    <w:rsid w:val="00436130"/>
     <w:rsid w:val="00442A7D"/>
     <w:rsid w:val="00450451"/>
     <w:rsid w:val="00476D57"/>
     <w:rsid w:val="00483EDB"/>
+    <w:rsid w:val="004927FC"/>
     <w:rsid w:val="004C0D2D"/>
     <w:rsid w:val="004E2646"/>
     <w:rsid w:val="00510F12"/>
     <w:rsid w:val="00555761"/>
     <w:rsid w:val="00557331"/>
     <w:rsid w:val="005C7C8B"/>
     <w:rsid w:val="005D26F6"/>
+    <w:rsid w:val="005E060A"/>
     <w:rsid w:val="006025AE"/>
     <w:rsid w:val="00612E04"/>
     <w:rsid w:val="00623460"/>
     <w:rsid w:val="006520B8"/>
     <w:rsid w:val="00687208"/>
     <w:rsid w:val="006C17C6"/>
     <w:rsid w:val="007124F7"/>
     <w:rsid w:val="00720B6E"/>
     <w:rsid w:val="007643C4"/>
     <w:rsid w:val="0077333D"/>
     <w:rsid w:val="007B181D"/>
     <w:rsid w:val="00820D57"/>
     <w:rsid w:val="00827064"/>
     <w:rsid w:val="008378E0"/>
     <w:rsid w:val="008A3A6D"/>
     <w:rsid w:val="008B29A9"/>
     <w:rsid w:val="009245A9"/>
     <w:rsid w:val="00946C23"/>
     <w:rsid w:val="00947EB9"/>
     <w:rsid w:val="00960669"/>
     <w:rsid w:val="00997DC6"/>
     <w:rsid w:val="009A5A0C"/>
     <w:rsid w:val="009D1782"/>
+    <w:rsid w:val="009E35BE"/>
     <w:rsid w:val="00A30807"/>
     <w:rsid w:val="00A31CB8"/>
+    <w:rsid w:val="00A54012"/>
+    <w:rsid w:val="00A61855"/>
+    <w:rsid w:val="00A66884"/>
     <w:rsid w:val="00A8164E"/>
     <w:rsid w:val="00A9797A"/>
     <w:rsid w:val="00AA4A68"/>
     <w:rsid w:val="00B04D38"/>
     <w:rsid w:val="00B070A8"/>
     <w:rsid w:val="00B20D10"/>
     <w:rsid w:val="00B23196"/>
     <w:rsid w:val="00B33BCD"/>
     <w:rsid w:val="00B35B55"/>
     <w:rsid w:val="00B422FE"/>
     <w:rsid w:val="00B70EF6"/>
     <w:rsid w:val="00BA3854"/>
     <w:rsid w:val="00BC5988"/>
+    <w:rsid w:val="00BD2035"/>
     <w:rsid w:val="00C35BA8"/>
     <w:rsid w:val="00C408AC"/>
     <w:rsid w:val="00C422B7"/>
     <w:rsid w:val="00C863CA"/>
     <w:rsid w:val="00CA72FD"/>
     <w:rsid w:val="00CB7377"/>
     <w:rsid w:val="00CD55BE"/>
     <w:rsid w:val="00CE09F5"/>
+    <w:rsid w:val="00CF0A31"/>
+    <w:rsid w:val="00D37CC4"/>
     <w:rsid w:val="00D42783"/>
     <w:rsid w:val="00D7789F"/>
     <w:rsid w:val="00D9238D"/>
     <w:rsid w:val="00DB39AF"/>
     <w:rsid w:val="00DB3E5D"/>
     <w:rsid w:val="00DB7612"/>
     <w:rsid w:val="00DC19DB"/>
     <w:rsid w:val="00DC2B82"/>
     <w:rsid w:val="00DC59B5"/>
     <w:rsid w:val="00DD5A14"/>
     <w:rsid w:val="00DF01D9"/>
     <w:rsid w:val="00E1684C"/>
     <w:rsid w:val="00E341A0"/>
     <w:rsid w:val="00E47714"/>
     <w:rsid w:val="00E76E4C"/>
     <w:rsid w:val="00E83EFC"/>
+    <w:rsid w:val="00ED44B1"/>
     <w:rsid w:val="00F538C6"/>
     <w:rsid w:val="00F858D4"/>
     <w:rsid w:val="00FE1AFB"/>
     <w:rsid w:val="00FE2372"/>
     <w:rsid w:val="00FE5C89"/>
     <w:rsid w:val="00FE7A9E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
@@ -11095,72 +12733,72 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>14</Pages>
-  <Words>9290</Words>
-  <Characters>52955</Characters>
+  <Words>9291</Words>
+  <Characters>52963</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>441</Lines>
   <Paragraphs>124</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>62121</CharactersWithSpaces>
+  <CharactersWithSpaces>62130</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>ANDREY</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>